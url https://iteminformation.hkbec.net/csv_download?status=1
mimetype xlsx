--- v0 (2025-12-17)
+++ v1 (2026-02-15)
@@ -77,5701 +77,1264 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="0" t="inlineStr">
         <is>
           <t>JANコード</t>
         </is>
       </c>
       <c r="B1" s="0" t="inlineStr">
         <is>
           <t>商品名</t>
         </is>
       </c>
       <c r="C1" s="0" t="inlineStr">
         <is>
           <t>情報公開日</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="0" t="inlineStr">
         <is>
-          <t>4901792039536</t>
+          <t>4987067829507</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>＃８４７　きれいな手　つかいきりグローブ　１００枚入　Ｌ</t>
+          <t>ホッカイロ　ぬくぬく日和　貼らないミニ</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="0" t="inlineStr">
         <is>
-          <t>4973307384783</t>
+          <t>4973307452482</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>竹箸２１ｃｍ　ジジ　小花　ＡＮＴ４</t>
+          <t>歯ブラシ　小学生用　マイメロディ　ハピネスガール</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="0" t="inlineStr">
         <is>
-          <t>4973307626517</t>
+          <t>4987067843305</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>不織布子供マスク７Ｐ　トミカ　ＭＳＫＰ３Ｎ</t>
+          <t>ぬくぬく当番　くつ用</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="0" t="inlineStr">
         <is>
-          <t>4987973221365</t>
+          <t>4973307452451</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>三次元ダイヤモンドマスク　プラチナシリーズ　フリーサイズ　カモフラージュマスタード</t>
+          <t>歯ブラシ　小学生用　ハローキティ　ハピネスガール</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>4903018206227</t>
+          <t>4901525694018</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>ＣＯＨＡＲＵ　Ｔオイル　＜リペア＆Ｍ＞</t>
+          <t>牛乳ブランドシェービングクリーム</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="0" t="inlineStr">
         <is>
-          <t>4903111536948</t>
+          <t>4902111725291</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>ライフリー尿とりパッドスーパー男女共用３９枚</t>
+          <t>ラックス　バイオフュージョン　ダメージディフェンス　バイタルリペア　ヘアマスク</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>4904178180006</t>
+          <t>4987176292698</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>ピカールネリ</t>
+          <t>ボールド　ジェルボール４Ｄ　心安らぐホワイトラベンダー＆ジャスミンの香り　本体</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>4901616214811</t>
+          <t>4936613072096</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>ＤＯクリア　こどもハブラシ　小学生用　［やわらかめ］</t>
+          <t>国産良品毎日あんしん綿棒１００本袋（１本包装）</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="0" t="inlineStr">
         <is>
-          <t>4901616214828</t>
+          <t>4902407014320</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>ＤＯクリアこどもハブラシ園児用</t>
+          <t>ノンスメル清水香　ラベンダーの香り　本体</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="0" t="inlineStr">
         <is>
-          <t>4987176292353</t>
+          <t>4547638001567</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>ボールドジェルボール４Ｄ心弾けるシトラス＆ヴァーベナの香りつめかえメガジャンボサイズ</t>
+          <t>ネックウォーマーリブ裏ボア</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="0" t="inlineStr">
         <is>
-          <t>4902135113531</t>
+          <t>4903301283591</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>ファーファファインフレグランス　オム本体</t>
+          <t>サニテートＡハンドミスト　ミッフィー</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="0" t="inlineStr">
         <is>
-          <t>4902135670218</t>
+          <t>4903652003800</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>ＦＡ　ファインフレグランス　ボーテ８４０Ｍ替</t>
+          <t>ＥＦＰ紙製卓上ゴミ袋１２枚アクアリウム柄</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="0" t="inlineStr">
         <is>
-          <t>4902135411484</t>
+          <t>4957589000616</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>ファーファ　ファインフレグランス　ファブリックミスト　シエル２７０ｍｌ替</t>
+          <t>発熱スマホ対応スベリ止めホカロン</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="0" t="inlineStr">
         <is>
-          <t>4901525009379</t>
+          <t>4957589000722</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>お湯物語　贅沢泡とろ入浴料　ピオニー＆ホワイトムスクの香り</t>
+          <t>リブ発熱裏起毛ホカロン</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="0" t="inlineStr">
         <is>
-          <t>4987241135127</t>
+          <t>4957589036554</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>５０の恵　髪ふんわりボリューム育毛剤　つめかえ用</t>
+          <t>紳士ジャージスベリ止め</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="0" t="inlineStr">
         <is>
-          <t>4902468247026</t>
+          <t>4957589408894</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>ポアクリア　角栓クリーナージェルＲ</t>
+          <t>吸湿発熱ボリュームニット帽子グレー</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="0" t="inlineStr">
         <is>
-          <t>4901696537527</t>
+          <t>4957589883714</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>ロゼット洗顔パスタエイジクリアしっとり洗顔フォーム</t>
+          <t>やわらかニット手袋ボーダーグレー</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="0" t="inlineStr">
         <is>
-          <t>4902135324067</t>
+          <t>4547638001550</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>ファーファファインフレグランス　ボーテ　詰替　５００ＭＬ</t>
+          <t>リブニット指出し裏起毛手袋</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="0" t="inlineStr">
         <is>
-          <t>4580495320143</t>
+          <t>4901525010276</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>エドレミット　オリーブ石けん</t>
+          <t>スキンライフ　薬用化粧水</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="0" t="inlineStr">
         <is>
-          <t>4901696541876</t>
+          <t>4973307436055</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>ロゼット洗顔パスタ　氷河泥クレンズ</t>
+          <t>救急ばんそうこう　Ｍサイズ　トミカ</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="0" t="inlineStr">
         <is>
-          <t>4901696541883</t>
+          <t>4956810805044</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>ロゼット洗顔パスタ　レッドリンクル</t>
+          <t>ＣＵＴＴＩＮＧ　まな板シート</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>4957589011469</t>
+          <t>4901616214842</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>ハンドウォーマーベージュ</t>
+          <t>ＤＯクリアこどもハブラシ仕上げ磨き用</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="0" t="inlineStr">
         <is>
-          <t>4957589011520</t>
+          <t>4987067828104</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>婦人手袋防水</t>
+          <t>ホッカイロ　靴下用</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>4957589011582</t>
+          <t>4902011834185</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>婦人手袋ベルト</t>
+          <t>エリエール　Ｚｕｔｔｏ　エリカラ　ローズ　ふつう</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>4957589083206</t>
+          <t>4549395964437</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>グランデリフレシャスビーフ１ｋｇ</t>
+          <t>スコッチブライト　キッチン用汚れ落としクリ－ナ－</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>4957589083237</t>
+          <t>4967576617154</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>オールウェルシツナイネコフィッシュパウダー１．６ｋｇ</t>
+          <t>ナノエアーマスク　立体　ふつうサイズ　５枚　アッシュグレー　ＲＫ－Ｎ５ＭＡＧ</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>4957589083473</t>
+          <t>4902011842715</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>ロング五指キシリトールスベリ止め</t>
+          <t>グ～ンプラス　肌快適設計　ＢＩＧサイズ</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>4957589083596</t>
+          <t>4964596700163</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>ミドル指切キシリトールスベリ止め</t>
+          <t>サナ　ニューボーン　ラスティングＷブロウＥＸ　Ｎ　０１</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>4957589089239</t>
+          <t>4987176336293</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>婦人帽子ロールアップ</t>
+          <t>ボールド　ジェルボール４Ｄ　ホワイトティー＆フローラルの香り　本体</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>4957589090075</t>
+          <t>4902806123388</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>２０２１ＡＷ　手袋Ａセット</t>
+          <t>ギャツビー　プレミアムタイプ　デオドラント　ボディウォッシュ　詰替え</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>4957589096374</t>
+          <t>4972525020800</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>ダイケン</t>
+          <t>匠の技グルーミングキットＬＡ</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>4957589097319</t>
+          <t>4956497008707</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>キャップメッシュ切替</t>
+          <t>ＴＫ－ＳＦ３　線香一発着火バーナー</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>4957589097449</t>
+          <t>4957589065608</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>ロングアーム接触冷感リボン付き</t>
+          <t>ニット手袋五指雪柄</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="0" t="inlineStr">
         <is>
-          <t>4964596700217</t>
+          <t>4957589081271</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>サナ　毛穴パテ職人　カラールースパウダー　０２</t>
+          <t>婦人ストレッチボアタッチグローブ</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="0" t="inlineStr">
         <is>
-          <t>4987244126573</t>
+          <t>4987176203168</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>新おしぼりウエッティ　ウェットティッシュ</t>
+          <t>パンパース　肌へのいちばん　たっちパンツ　スーパージャンボ　Ｍ</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="0" t="inlineStr">
         <is>
-          <t>4987244126580</t>
+          <t>4903301353317</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>新おしぼりウエッテイ　ウェットティッシュ</t>
+          <t>ソフラン　アロマリッチ　ジュリエット　つめかえ用ウルトラジャンボ　１５２０ｍｌ</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="0" t="inlineStr">
         <is>
-          <t>4987244204004</t>
+          <t>4987176292858</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>和光堂　シツカロールハイ　紙</t>
+          <t>ボールドジェルボール４Ｄ心弾けるシトラス＆ヴァーベナの香り本体</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="0" t="inlineStr">
         <is>
-          <t>4987244245045</t>
+          <t>4987176312273</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>和光堂　ナップクリン８０Ｐ</t>
+          <t>レノア超消臭１ｗｅｅｋ夜干し用アクアナイトシャボンの香りつめかえ用特大サイズ</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>4995860518030</t>
+          <t>4902135411347</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>虫よけビーズ２つめかえ用ハッカの香り</t>
+          <t>ファーファファインフレグランス　ファブリックミスト　オム３００Ｍ本体</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>4524963020029</t>
+          <t>4902135328737</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>ＣＨＳ薬用ハンドソープ</t>
+          <t>ファーファファインフレグランス　シエル　詰替　５００ＭＬ</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="0" t="inlineStr">
         <is>
-          <t>4901696532591</t>
+          <t>4902135328751</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>ロゼット　４０％スーパーうるおいリフトアップ洗顔フォーム</t>
+          <t>ファーファファインフレグランス　シエル６００Ｍ本体</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>4973202610864</t>
+          <t>4902135411361</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>流せる足もとスッキリシート２０枚</t>
+          <t>ファーファ　ファインフレグランス　ファブリックミスト　ボーテ３００ｍｌ本体</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>4987176203311</t>
+          <t>4902135670133</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>パンパース　さらさらケア　テープ　スーパ－ジャンボ　スーパ－ジャンボ</t>
+          <t>ＦＡ　ファインフレグランス　オム８４０Ｍ替</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>4987176203335</t>
+          <t>4902135113531</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>パンパース　さらさらケア　テープ　スーパ－ジャンボ　新生児</t>
+          <t>ファーファファインフレグランス　オム本体</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>4987176258533</t>
+          <t>4973512258367</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>レノアハピネス夢ふわタッチヴェルベットブロッサム＆フローラルの香り詰替増量サイズ</t>
+          <t>アラウ　泡ボディソープ　詰替　４５０ＭＬ</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>4971710391220</t>
+          <t>4901525006644</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>グレイスワン　ＢＢクリーム　０２</t>
+          <t>お湯物語　贅沢泡とろ　入浴料　ジュエリーローズの香り</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>4901872447022</t>
+          <t>4901525005203</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>ウーノ　ウェットエフェクター</t>
+          <t>お湯物語　贅沢泡とろ　入浴料　スリーピングアロマの香り</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="0" t="inlineStr">
         <is>
-          <t>4901872449712</t>
+          <t>4987176228789</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>ウーノ　スキンケアタンク（しっとり）</t>
+          <t>レノアアロマジュエル　シトラス＆ヴァーベナの香りつめかえ用</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>4901872450978</t>
+          <t>4987176228659</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>ウーノ　デザインハードジェリー（ナチュラル）</t>
+          <t>レノアアロマジュエル　シトラス＆ヴァーベナの香りつめかえ用超特大サイズ</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>4901872465897</t>
+          <t>4902135122908</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>ウーノ　バランスクリエイター</t>
+          <t>メイク　ア　ニューハビット　ブラックミント薬用</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>4901872471997</t>
+          <t>4902899455120</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>フィーノ　プレミアムタッチ　濃厚美容液ヘアオイル</t>
+          <t>オンパックス　スリッパつま先用５Ｐ</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>4901872835539</t>
+          <t>4987176238894</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>プリペア　眉そり用</t>
+          <t>パンパース　通気性プラス　パンツ　ビッグサイズ</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>4901872895892</t>
+          <t>4987176139412</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>スーパーマイルド　コンディショナー　つめかえ用</t>
+          <t>パンテーン　マカロンヘアマスク　色つやリッチ</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>4901872899296</t>
+          <t>4973307559556</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>ＨＧスーパーハードミスト</t>
+          <t>竹安全箸　１６．５ｃｍ　アイムドラえもん　宇宙さんぽ</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>4903301256380</t>
+          <t>4972453415662</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>ルックプラス　バスタブクレンジング　クリアシトラスの香り　本体</t>
+          <t>デオウエットヘッドケアシート</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>4903652003442</t>
+          <t>4987067466603</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>ごみっこポイスタンドタイプＥ１２枚ピンク</t>
+          <t>新ぬくぬく当番貼るレギュラー</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>4901140905742</t>
+          <t>4987067843602</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>イワタニカセットフープチスリム３</t>
+          <t>ぬくぬく当番　くつ下用</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>4902135670195</t>
+          <t>4987176278128</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>ＦＡ　ファインフレグランス　シエル８４０Ｍ替</t>
+          <t>レノア　オードリュクス　シダーウッド＆ベルガモットハーブの香り　本体</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>4901872441587</t>
+          <t>4901559215555</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>ＳＥＮＫＡ　パーフェクトバブル　フォーボディー　フローラルプラス</t>
+          <t>いい湯旅立ち　納涼にごり湯夏祭り</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>4987176134288</t>
+          <t>4902407124357</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>パンパースさらさらケア　テープ　／　ウルトラジャンボ　Ｍ７０枚</t>
+          <t>スタイルメイト　布製品の消臭・ダニよけミスト　つめかえパウチ３００ｍＬ</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>4547691782205</t>
+          <t>4901559224625</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>カシニーナ　スウィートピンク　Ｍサイズ</t>
+          <t>ＨＥＲＳバスラボボトル　濃厚マスカットの香り６００ｇ</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>4582400833618</t>
+          <t>4944109316371</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>ＭＡＳＳＥＭＯＬＬＹホワイトムスクボディクリーム</t>
+          <t>お掃除スリッパカバー５足組（１０枚入）</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="0" t="inlineStr">
         <is>
-          <t>4902430708487</t>
+          <t>4987046870155</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>食洗機用ジョイ除菌詰替</t>
+          <t>レディース加美乃素トリートメント</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="0" t="inlineStr">
         <is>
-          <t>4902430708494</t>
+          <t>4901070760978</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>食洗機用用ジョイオレンジピール成分入り詰替</t>
+          <t>ファミリー　プレミアムプロテクト　ビニール中厚手　Ｌ　ブラックシフォンピンク</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="0" t="inlineStr">
         <is>
-          <t>4902430777360</t>
+          <t>4904585042102</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>食洗機用ジョイ　オレンジピール成分入り　詰替特大　９３０Ｇ</t>
+          <t>リフレ　はくパンツＢＩＧ　４Ｌサイズ</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="0" t="inlineStr">
         <is>
-          <t>4902430777537</t>
+          <t>4906156800579</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>食洗機用ジョイ　除菌　詰替特大　９３０Ｇ</t>
+          <t>泡ミューズ　オリジナル　大型　詰替</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="0" t="inlineStr">
         <is>
-          <t>4957589000760</t>
+          <t>4995860518016</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>ニット手袋のびのびスマホ</t>
+          <t>虫よけビーズ２　１８０日用ハッカの香り</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="0" t="inlineStr">
         <is>
-          <t>4975810180111</t>
+          <t>4964596701412</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>ＤＮ　プラスチックカップ２２０ＭＬ</t>
+          <t>サナ　ピュアテクトＡＣ　薬用プロテクトクリーム</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="0" t="inlineStr">
         <is>
-          <t>4964596700200</t>
+          <t>4902806125825</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>サナ　毛穴パテ職人　カラールースパウダー　０１</t>
+          <t>ルシードエル　＃質感再整トリートメント　つめかえ用</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="0" t="inlineStr">
         <is>
-          <t>4967576560320</t>
+          <t>4902135670218</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>ナノエアーマスク　ふつうサイズ　３０枚　　ＰＫ－ＴＮ３０Ｌ</t>
+          <t>ＦＡ　ファインフレグランス　ボーテ８４０Ｍ替</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="0" t="inlineStr">
         <is>
-          <t>4513574015005</t>
+          <t>4957589083237</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>サロンリンク　エクストラトリートメント　２５０Ｇ</t>
+          <t>オールウェルシツナイネコフィッシュパウダー１．６ｋｇ</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>4903018184051</t>
+          <t>4995860518030</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>セラプリエ薬用頭皮保湿育毛ローション</t>
+          <t>虫よけビーズ２つめかえ用ハッカの香り</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
-[...4436 lines deleted...]
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>