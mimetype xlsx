--- v0 (2025-12-17)
+++ v1 (2026-02-15)
@@ -97,7298 +97,7986 @@
       </c>
       <c r="D1" s="0" t="inlineStr">
         <is>
           <t>後継品JAN</t>
         </is>
       </c>
       <c r="E1" s="0" t="inlineStr">
         <is>
           <t>後継品商品名</t>
         </is>
       </c>
       <c r="F1" s="0" t="inlineStr">
         <is>
           <t>後継品発売日</t>
         </is>
       </c>
       <c r="G1" s="0" t="inlineStr">
         <is>
           <t>情報公開日</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="0" t="inlineStr">
         <is>
-          <t>4901730075183</t>
+          <t>4973307485077</t>
         </is>
       </c>
       <c r="B2" s="0" t="inlineStr">
         <is>
-          <t>ジョンソン　すこやかナチュラルローション</t>
+          <t>竹安全箸　１６．５ｃｍ　ディズニー　プリンセス</t>
         </is>
       </c>
       <c r="C2" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2025年12月24日</t>
         </is>
       </c>
       <c r="G2" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" s="0" t="inlineStr">
         <is>
-          <t>4901730110228</t>
+          <t>4973307633201</t>
         </is>
       </c>
       <c r="B3" s="0" t="inlineStr">
         <is>
-          <t>ジョンソンベビーうるおい全身シャンプー　泡タイプ　詰替用</t>
+          <t>歯ブラシ　コンパクトヘッド　くまのプーさん</t>
         </is>
       </c>
       <c r="C3" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2025年12月24日</t>
         </is>
       </c>
       <c r="G3" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="0" t="inlineStr">
         <is>
-          <t>4901730180054</t>
+          <t>4973307445859</t>
         </is>
       </c>
       <c r="B4" s="0" t="inlineStr">
         <is>
-          <t>ジョンソンベビーローション　無香料</t>
+          <t>竹箸　２１ｃｍ　千と千尋の神隠し　カオなし</t>
         </is>
       </c>
       <c r="C4" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2025年12月10日</t>
         </is>
       </c>
       <c r="G4" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月09日</t>
         </is>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" s="0" t="inlineStr">
         <is>
-          <t>4901730180061</t>
+          <t>4903301254195</t>
         </is>
       </c>
       <c r="B5" s="0" t="inlineStr">
         <is>
-          <t>ジョンソンベビーローション　無香料</t>
+          <t>Ｂａｎ　汗ブロックスティック　プレミアムラベル　２０ｇ</t>
         </is>
       </c>
       <c r="C5" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2026年01月01日</t>
         </is>
       </c>
       <c r="G5" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="0" t="inlineStr">
         <is>
-          <t>4901730180078</t>
+          <t>4548404201426</t>
         </is>
       </c>
       <c r="B6" s="0" t="inlineStr">
         <is>
-          <t>ジョンソンベビーローション　微香性</t>
+          <t>背中美女　ボディタオル　ピンク</t>
         </is>
       </c>
       <c r="C6" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2025年12月31日</t>
+        </is>
+      </c>
+      <c r="D6" s="0" t="inlineStr">
+        <is>
+          <t>4548404201792</t>
+        </is>
+      </c>
+      <c r="E6" s="0" t="inlineStr">
+        <is>
+          <t>背中美女</t>
+        </is>
+      </c>
+      <c r="F6" s="0" t="inlineStr">
+        <is>
+          <t>2025年11月04日</t>
         </is>
       </c>
       <c r="G6" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="0" t="inlineStr">
         <is>
-          <t>4901730180085</t>
+          <t>4580788530013</t>
         </is>
       </c>
       <c r="B7" s="0" t="inlineStr">
         <is>
-          <t>ジョンソン　すやすやタイム　ローション</t>
+          <t>スーパーナノバブルトルネーダＳＰ　洗濯機用　１個</t>
         </is>
       </c>
       <c r="C7" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G7" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="0" t="inlineStr">
         <is>
-          <t>4903301347699</t>
+          <t>4589478260261</t>
         </is>
       </c>
       <c r="B8" s="0" t="inlineStr">
         <is>
-          <t>リード　クッキングペーパー　レギュラー</t>
+          <t>ルース　スパークリングシャンプー</t>
         </is>
       </c>
       <c r="C8" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G8" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="0" t="inlineStr">
         <is>
-          <t>4903301347705</t>
+          <t>4589478260308</t>
         </is>
       </c>
       <c r="B9" s="0" t="inlineStr">
         <is>
-          <t>リード　クッキングペーパー　スマートタイプ</t>
+          <t>ルース　シャンプーバー</t>
         </is>
       </c>
       <c r="C9" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G9" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" s="0" t="inlineStr">
         <is>
-          <t>4903301347712</t>
+          <t>4589478260346</t>
         </is>
       </c>
       <c r="B10" s="0" t="inlineStr">
         <is>
-          <t>リード　クッキングペーパー　ダブル</t>
+          <t>リホーム　ミクロクレンザー</t>
         </is>
       </c>
       <c r="C10" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G10" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="0" t="inlineStr">
         <is>
-          <t>4901646126788</t>
+          <t>4901080045515</t>
         </is>
       </c>
       <c r="B11" s="0" t="inlineStr">
         <is>
-          <t>ＭＢＧ２－２７　ＨＸ脱毛用ブライズワックス</t>
+          <t>アースガーデン　ハイパーお庭の虫コロリ　速効撃滅ジェット</t>
         </is>
       </c>
       <c r="C11" s="0" t="inlineStr">
         <is>
-          <t>2026年01月15日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G11" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="0" t="inlineStr">
         <is>
-          <t>4902424433845</t>
+          <t>4902125150027</t>
         </is>
       </c>
       <c r="B12" s="0" t="inlineStr">
         <is>
-          <t>ムカデカダン粉剤</t>
+          <t>プレミアム毎日香　アクア　大型バラ詰</t>
         </is>
       </c>
       <c r="C12" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
-      <c r="D12" s="0" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="G12" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="0" t="inlineStr">
         <is>
-          <t>4902424448269</t>
+          <t>4902125263451</t>
         </is>
       </c>
       <c r="B13" s="0" t="inlineStr">
         <is>
-          <t>ドラデスパワーまとめて一掃</t>
+          <t>かたりべラベンダー／白梅　進物　４箱入　化粧箱入</t>
         </is>
       </c>
       <c r="C13" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G13" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="0" t="inlineStr">
         <is>
-          <t>4902424448283</t>
+          <t>4902125266032</t>
         </is>
       </c>
       <c r="B14" s="0" t="inlineStr">
         <is>
-          <t>ドラデスパワー速効プレミアム</t>
+          <t>やさしい時間　朝のアールグレイティーの香り　バラ詰</t>
         </is>
       </c>
       <c r="C14" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G14" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="0" t="inlineStr">
         <is>
-          <t>4902424450064</t>
+          <t>4902125520653</t>
         </is>
       </c>
       <c r="B15" s="0" t="inlineStr">
         <is>
-          <t>カダン除草王ザッソージエース</t>
+          <t>エスプリドナチュールプラム　リキッドエアーフレッシュナー</t>
         </is>
       </c>
       <c r="C15" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
-      <c r="D15" s="0" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="G15" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="0" t="inlineStr">
         <is>
-          <t>4902424450125</t>
+          <t>4902125520677</t>
         </is>
       </c>
       <c r="B16" s="0" t="inlineStr">
         <is>
-          <t>カダンアリカダン粉剤</t>
+          <t>エスプリ　ド　ナチュール　ツバキリキッド</t>
         </is>
       </c>
       <c r="C16" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
-      <c r="D16" s="0" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="G16" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="0" t="inlineStr">
         <is>
-          <t>4902424450132</t>
+          <t>4902125667396</t>
         </is>
       </c>
       <c r="B17" s="0" t="inlineStr">
         <is>
-          <t>カダンアリカダン粉剤</t>
+          <t>香伝　花の香り　サック２種入</t>
         </is>
       </c>
       <c r="C17" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
-      <c r="D17" s="0" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="G17" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="0" t="inlineStr">
         <is>
-          <t>4931839216972</t>
+          <t>4902125955158</t>
         </is>
       </c>
       <c r="B18" s="0" t="inlineStr">
         <is>
-          <t>カワイイ女のぜい沢マスクＳｔｙｌｅ×Ｃｏｌｏｒ　フレンチベージュ７枚</t>
+          <t>毎日ローソク　小３号</t>
         </is>
       </c>
       <c r="C18" s="0" t="inlineStr">
         <is>
           <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G18" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="0" t="inlineStr">
         <is>
-          <t>4524963010907</t>
+          <t>4902125955196</t>
         </is>
       </c>
       <c r="B19" s="0" t="inlineStr">
         <is>
-          <t>しみとりマイクロブラシ</t>
+          <t>毎日ローソク　小７．５号</t>
         </is>
       </c>
       <c r="C19" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G19" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="0" t="inlineStr">
         <is>
-          <t>4891228301743</t>
+          <t>4902393750578</t>
         </is>
       </c>
       <c r="B20" s="0" t="inlineStr">
         <is>
-          <t>プレミア敏感肌用折りたたみタイプＬディスポ</t>
+          <t>ＧＶＮ１９　西宮市その他プラ　とって１５Ｌ　ｎｏｃｏｏ　ｉｎ</t>
         </is>
       </c>
       <c r="C20" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G20" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="0" t="inlineStr">
         <is>
-          <t>4891228302511</t>
+          <t>4902393750585</t>
         </is>
       </c>
       <c r="B21" s="0" t="inlineStr">
         <is>
-          <t>シックハイドロ５パワーセレクトダブルホルダー（替刃２コ付）　ＨＰＳＩ５－２１０</t>
+          <t>ＧＶＮ３１　西宮市その他プラ　とって３０Ｌ　ｎｏｃｏｏ　ｉｎ</t>
         </is>
       </c>
       <c r="C21" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G21" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="0" t="inlineStr">
         <is>
-          <t>4891228302658</t>
+          <t>4902393750592</t>
         </is>
       </c>
       <c r="B22" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　パワーセレクト　ホルダー　替刃付</t>
+          <t>ＧＶＮ４３　西宮市その他プラ　４５Ｌ　ｎｏｃｏｏ　ｉｎ</t>
         </is>
       </c>
       <c r="C22" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G22" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="0" t="inlineStr">
         <is>
-          <t>4891228303679</t>
+          <t>4902424433845</t>
         </is>
       </c>
       <c r="B23" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアムパワーセレクト替刃</t>
+          <t>ムカデカダン粉剤</t>
         </is>
       </c>
       <c r="C23" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
+        </is>
+      </c>
+      <c r="D23" s="0" t="inlineStr">
+        <is>
+          <t>4902424453218</t>
+        </is>
+      </c>
+      <c r="E23" s="0" t="inlineStr">
+        <is>
+          <t>カダン　ムカデカダン粉剤１．１ｋｇ</t>
+        </is>
+      </c>
+      <c r="F23" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月19日</t>
         </is>
       </c>
       <c r="G23" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="0" t="inlineStr">
         <is>
-          <t>4891228303686</t>
+          <t>4902424448269</t>
         </is>
       </c>
       <c r="B24" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　パワーセレクト　替刃</t>
+          <t>ドラデスパワーまとめて一掃</t>
         </is>
       </c>
       <c r="C24" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G24" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" s="0" t="inlineStr">
         <is>
-          <t>4891228303693</t>
+          <t>4902424448283</t>
         </is>
       </c>
       <c r="B25" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５パワーセレクト替刃</t>
+          <t>ドラデスパワー速効プレミアム</t>
         </is>
       </c>
       <c r="C25" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G25" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" s="0" t="inlineStr">
         <is>
-          <t>4891228303709</t>
+          <t>4902424450064</t>
         </is>
       </c>
       <c r="B26" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５パワーセレクト替刃</t>
+          <t>カダン除草王ザッソージエース</t>
         </is>
       </c>
       <c r="C26" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
+        </is>
+      </c>
+      <c r="D26" s="0" t="inlineStr">
+        <is>
+          <t>4902424452419</t>
+        </is>
+      </c>
+      <c r="E26" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王ザッソージエースエコパウチ４．５ｌ</t>
+        </is>
+      </c>
+      <c r="F26" s="0" t="inlineStr">
+        <is>
+          <t>2025年02月21日</t>
         </is>
       </c>
       <c r="G26" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" s="0" t="inlineStr">
         <is>
-          <t>4891228310691</t>
+          <t>4902424450125</t>
         </is>
       </c>
       <c r="B27" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　ホルダー　替刃付</t>
+          <t>カダンアリカダン粉剤</t>
         </is>
       </c>
       <c r="C27" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
+        </is>
+      </c>
+      <c r="D27" s="0" t="inlineStr">
+        <is>
+          <t>4902424453171</t>
+        </is>
+      </c>
+      <c r="E27" s="0" t="inlineStr">
+        <is>
+          <t>フマキラーアリカダン粉剤６６０ｇ</t>
+        </is>
+      </c>
+      <c r="F27" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月19日</t>
         </is>
       </c>
       <c r="G27" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" s="0" t="inlineStr">
         <is>
-          <t>4891228310721</t>
+          <t>4902424450132</t>
         </is>
       </c>
       <c r="B28" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　つるり肌へ　替刃</t>
+          <t>カダンアリカダン粉剤</t>
         </is>
       </c>
       <c r="C28" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
+        </is>
+      </c>
+      <c r="D28" s="0" t="inlineStr">
+        <is>
+          <t>4902424453188</t>
+        </is>
+      </c>
+      <c r="E28" s="0" t="inlineStr">
+        <is>
+          <t>フマキラーアリカダン粉剤１．１ｋｇ</t>
+        </is>
+      </c>
+      <c r="F28" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月19日</t>
         </is>
       </c>
       <c r="G28" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" s="0" t="inlineStr">
         <is>
-          <t>4891228310738</t>
+          <t>4931839216972</t>
         </is>
       </c>
       <c r="B29" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　替刃</t>
+          <t>カワイイ女のぜい沢マスクＳｔｙｌｅ×Ｃｏｌｏｒ　フレンチベージュ７枚</t>
         </is>
       </c>
       <c r="C29" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G29" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" s="0" t="inlineStr">
         <is>
-          <t>4891228310745</t>
+          <t>4935959041117</t>
         </is>
       </c>
       <c r="B30" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　敏感肌　ホルダー（刃付き）</t>
+          <t>暁　せっけんクレンザー</t>
         </is>
       </c>
       <c r="C30" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G30" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" s="0" t="inlineStr">
         <is>
-          <t>4891228310776</t>
+          <t>4944109316289</t>
         </is>
       </c>
       <c r="B31" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　敏感肌　替刃</t>
+          <t>レイヤースタイルマスク　個別包装　アッシュグレー</t>
         </is>
       </c>
       <c r="C31" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G31" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" s="0" t="inlineStr">
         <is>
-          <t>4891228310783</t>
+          <t>4944109316296</t>
         </is>
       </c>
       <c r="B32" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　敏感肌　替刃</t>
+          <t>レイヤースタイルマスク　個別包装　ミルキーベージュ</t>
         </is>
       </c>
       <c r="C32" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G32" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" s="0" t="inlineStr">
         <is>
-          <t>4891228310790</t>
+          <t>4944109316777</t>
         </is>
       </c>
       <c r="B33" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５ベーシック　ホルダー　替刃付</t>
+          <t>耳が痛くなりにくいＫＵＲＯＭＡＳＫ</t>
         </is>
       </c>
       <c r="C33" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G33" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" s="0" t="inlineStr">
         <is>
-          <t>4891228310813</t>
+          <t>4944109316784</t>
         </is>
       </c>
       <c r="B34" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５ベーシック　替刃</t>
+          <t>耳が痛くなりにくいＧＲＡＹＭＡＳＫ</t>
         </is>
       </c>
       <c r="C34" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G34" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" s="0" t="inlineStr">
         <is>
-          <t>4891228310820</t>
+          <t>4970207120794</t>
         </is>
       </c>
       <c r="B35" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５　ベーシック　替刃</t>
+          <t>くまモンのプリント１２ロール　ダブル</t>
         </is>
       </c>
       <c r="C35" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G35" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" s="0" t="inlineStr">
         <is>
-          <t>4891228310837</t>
+          <t>4973202304503</t>
         </is>
       </c>
       <c r="B36" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５ベーシック　替刃　１２コ入</t>
+          <t>美容成分をはさんだとけだすスキンケアコットンビタミンＣ　ｉｎ</t>
         </is>
       </c>
       <c r="C36" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G36" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" s="0" t="inlineStr">
         <is>
-          <t>4891228311391</t>
+          <t>4973202801071</t>
         </is>
       </c>
       <c r="B37" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５　ナチュラル　替刃</t>
+          <t>ダスポン排水口用</t>
         </is>
       </c>
       <c r="C37" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G37" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年02月03日</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" s="0" t="inlineStr">
         <is>
-          <t>4891228311414</t>
+          <t>4571113808464</t>
         </is>
       </c>
       <c r="B38" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５　ナチュラル　替刃</t>
+          <t>ホワイトティスキンクリーム</t>
         </is>
       </c>
       <c r="C38" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G38" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" s="0" t="inlineStr">
         <is>
-          <t>4891228312220</t>
+          <t>4901070129553</t>
         </is>
       </c>
       <c r="B39" s="0" t="inlineStr">
         <is>
-          <t>イントゥイション　しっとり肌　ホルダー（刃付き）お試し用</t>
+          <t>クルマの消臭力　Ｐｒｅｍｉｕｍ　Ａｒｏｍａ　ゲルタイプ　アーバンロマンス</t>
         </is>
       </c>
       <c r="C39" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G39" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" s="0" t="inlineStr">
         <is>
-          <t>4891228312237</t>
+          <t>4901070129560</t>
         </is>
       </c>
       <c r="B40" s="0" t="inlineStr">
         <is>
-          <t>イントゥイション　さっぱりうるおい肌　ホルダー（刃付き＋替刃１コ）</t>
+          <t>クルマの消臭力　Ｐｒｅｍｉｕｍ　Ａｒｏｍａ　ゲルタイプ　グレイスボーテ</t>
         </is>
       </c>
       <c r="C40" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G40" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" s="0" t="inlineStr">
         <is>
-          <t>4891228312275</t>
+          <t>4901070129836</t>
         </is>
       </c>
       <c r="B41" s="0" t="inlineStr">
         <is>
-          <t>イントゥイション　さっぱりうるおい肌　替刃</t>
+          <t>クルマの消臭力　プレミアムアロマゲル　アーバンリュクス</t>
         </is>
       </c>
       <c r="C41" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G41" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" s="0" t="inlineStr">
         <is>
-          <t>4891228312398</t>
+          <t>4901070130597</t>
         </is>
       </c>
       <c r="B42" s="0" t="inlineStr">
         <is>
-          <t>シック　ヒゲグルーマー（刃付き）</t>
+          <t>クルマの消臭力　Ｐｒｅｍｉｕｍ　Ａｒｏｍａ　ゲルタイプ　ベルベットムスク</t>
         </is>
       </c>
       <c r="C42" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G42" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" s="0" t="inlineStr">
         <is>
-          <t>4891228314897</t>
+          <t>4901070130603</t>
         </is>
       </c>
       <c r="B43" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５ベーシック　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
+          <t>クルマの消臭力　Ｐｒｅｍｉｕｍ　Ａｒｏｍａ　ゲルタイプ　ムーンライトシャボン</t>
         </is>
       </c>
       <c r="C43" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G43" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" s="0" t="inlineStr">
         <is>
-          <t>4891228314903</t>
+          <t>4901070131600</t>
         </is>
       </c>
       <c r="B44" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　つるり肌へ　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
+          <t>消臭力　コンパクト　トイレ用　本体　リフレッシュサボン</t>
         </is>
       </c>
       <c r="C44" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G44" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" s="0" t="inlineStr">
         <is>
-          <t>4891228314910</t>
+          <t>4901070131617</t>
         </is>
       </c>
       <c r="B45" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　敏感肌　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
+          <t>消臭力　コンパクト　トイレ用　本体　グリーンフルーティー</t>
         </is>
       </c>
       <c r="C45" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G45" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" s="0" t="inlineStr">
         <is>
-          <t>4891228314934</t>
+          <t>4901070131624</t>
         </is>
       </c>
       <c r="B46" s="0" t="inlineStr">
         <is>
-          <t>シック　キワミ　ホルダー（刃付き＋替刃１コ）</t>
+          <t>消臭力　コンパクト　トイレ用　本体　シルキーブーケ</t>
         </is>
       </c>
       <c r="C46" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G46" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" s="0" t="inlineStr">
         <is>
-          <t>4891228314941</t>
+          <t>4901070131631</t>
         </is>
       </c>
       <c r="B47" s="0" t="inlineStr">
         <is>
-          <t>シック　キワミ　敏感肌　ホルダー（刃付き＋替刃１コ）</t>
+          <t>消臭力　コンパクト　トイレ用　つけかえ２個セット　リフレッシュサボン</t>
         </is>
       </c>
       <c r="C47" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G47" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" s="0" t="inlineStr">
         <is>
-          <t>4891228314958</t>
+          <t>4901070131648</t>
         </is>
       </c>
       <c r="B48" s="0" t="inlineStr">
         <is>
-          <t>シック　キワミ　替刃（４コ入）</t>
+          <t>消臭力　コンパクト　トイレ用　つけかえ２個セット　グリーンフルーティー</t>
         </is>
       </c>
       <c r="C48" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G48" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" s="0" t="inlineStr">
         <is>
-          <t>4891228314965</t>
+          <t>4901070131655</t>
         </is>
       </c>
       <c r="B49" s="0" t="inlineStr">
         <is>
-          <t>シック　キワミ　替刃（８コ入）</t>
+          <t>消臭力　コンパクト　トイレ用　つけかえ２個セット　シルキーブーケ</t>
         </is>
       </c>
       <c r="C49" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G49" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" s="0" t="inlineStr">
         <is>
-          <t>4891228314972</t>
+          <t>4901070722433</t>
         </is>
       </c>
       <c r="B50" s="0" t="inlineStr">
         <is>
-          <t>シック　キワミ　敏感肌　替刃（４コ入）</t>
+          <t>ファミリー　ビニールうす手　ロング　腕カバー付き　指先抗ウイルス加工　Ｍ　ピンク</t>
         </is>
       </c>
       <c r="C50" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G50" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" s="0" t="inlineStr">
         <is>
-          <t>4891228314989</t>
+          <t>4901070754892</t>
         </is>
       </c>
       <c r="B51" s="0" t="inlineStr">
         <is>
-          <t>シック　キワミ　敏感肌　替刃（８コ入）</t>
+          <t>ファミリー　手肌ケア手袋　フリーサイズ　ホワイト</t>
         </is>
       </c>
       <c r="C51" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G51" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" s="0" t="inlineStr">
         <is>
-          <t>4891228314996</t>
+          <t>4901070760992</t>
         </is>
       </c>
       <c r="B52" s="0" t="inlineStr">
         <is>
-          <t>シック　キワミ　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
+          <t>ファミリー　ニトリルゴム　極うす手　Ｓ　ホワイト</t>
         </is>
       </c>
       <c r="C52" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G52" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" s="0" t="inlineStr">
         <is>
-          <t>4891228315009</t>
+          <t>4901070761012</t>
         </is>
       </c>
       <c r="B53" s="0" t="inlineStr">
         <is>
-          <t>シック　キワミ　敏感肌　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
+          <t>ファミリー　ニトリルゴム　極うす手　Ｌ　ホワイト</t>
         </is>
       </c>
       <c r="C53" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G53" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" s="0" t="inlineStr">
         <is>
-          <t>4891228315719</t>
+          <t>4901070909803</t>
         </is>
       </c>
       <c r="B54" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５ナチュラル　ホルダー（刃付き＋替刃１コ）</t>
+          <t>洗浄力　モコ泡わ　ノズル専用クリーナー</t>
         </is>
       </c>
       <c r="C54" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G54" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" s="0" t="inlineStr">
         <is>
-          <t>4891228315726</t>
+          <t>4901070910267</t>
         </is>
       </c>
       <c r="B55" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　つるり肌へ　ホルダー（刃付き＋替刃１コ）</t>
+          <t>新鮮番</t>
         </is>
       </c>
       <c r="C55" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G55" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" s="0" t="inlineStr">
         <is>
-          <t>4891228315733</t>
+          <t>4901422324452</t>
         </is>
       </c>
       <c r="B56" s="0" t="inlineStr">
         <is>
-          <t>ハイドロ５プレミアム　敏感肌　ホルダー（刃付き＋替刃１コ）</t>
+          <t>キチントさん　クッキングシート</t>
         </is>
       </c>
       <c r="C56" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G56" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" s="0" t="inlineStr">
         <is>
-          <t>4903601652691</t>
+          <t>4901422324469</t>
         </is>
       </c>
       <c r="B57" s="0" t="inlineStr">
         <is>
-          <t>ハイドロシェービングジェル</t>
+          <t>キチントさん　クッキングシート　ミニ</t>
         </is>
       </c>
       <c r="C57" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G57" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" s="0" t="inlineStr">
         <is>
-          <t>4903601652714</t>
+          <t>4901422325626</t>
         </is>
       </c>
       <c r="B58" s="0" t="inlineStr">
         <is>
-          <t>ハイドロプレミアムシェービングジェル</t>
+          <t>キチントさん　フライパン用ホイルシート　２５Ｘ３M</t>
         </is>
       </c>
       <c r="C58" s="0" t="inlineStr">
         <is>
-          <t>2025年12月26日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G58" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" s="0" t="inlineStr">
         <is>
-          <t>4902407024299</t>
+          <t>4901422325633</t>
         </is>
       </c>
       <c r="B59" s="0" t="inlineStr">
         <is>
-          <t>アイスノン　頭を冷やすスプレーＧＯＬＤ</t>
+          <t>キチントさん　フライパン用ホイルシート　２５Ｘ７M</t>
         </is>
       </c>
       <c r="C59" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G59" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" s="0" t="inlineStr">
         <is>
-          <t>4902407025173</t>
+          <t>4901422325640</t>
         </is>
       </c>
       <c r="B60" s="0" t="inlineStr">
         <is>
-          <t>アイスノン　シャツミスト　ＩＣＥ　ＫＩＮＧ</t>
+          <t>キチントさん　フライパン用ホイルシート　３０Ｘ３M</t>
         </is>
       </c>
       <c r="C60" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G60" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" s="0" t="inlineStr">
         <is>
-          <t>4902704302410</t>
+          <t>4901422325657</t>
         </is>
       </c>
       <c r="B61" s="0" t="inlineStr">
         <is>
-          <t>ミニレフ電球　ＬＲ１００Ｖ４０ＷＳ　Ｆ－２</t>
+          <t>キチントさん　フライパン用ホイルシート　３０Ｘ７M</t>
         </is>
       </c>
       <c r="C61" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G61" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" s="0" t="inlineStr">
         <is>
-          <t>4973307511042</t>
+          <t>4901422325688</t>
         </is>
       </c>
       <c r="B62" s="0" t="inlineStr">
         <is>
-          <t>ハンドクリームすみッコねこＣＭＨＣ１</t>
+          <t>フライパン用ホイルート２５＊１５M</t>
         </is>
       </c>
       <c r="C62" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G62" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" s="0" t="inlineStr">
         <is>
-          <t>4903301225485</t>
+          <t>4901422325701</t>
         </is>
       </c>
       <c r="B63" s="0" t="inlineStr">
         <is>
-          <t>リードクッキングシート　特大</t>
+          <t>キチントさん　フライパン用ホイルシート１０M</t>
         </is>
       </c>
       <c r="C63" s="0" t="inlineStr">
         <is>
-          <t>2025年12月08日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G63" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" s="0" t="inlineStr">
         <is>
-          <t>4589654890039</t>
+          <t>4901422335670</t>
         </is>
       </c>
       <c r="B64" s="0" t="inlineStr">
         <is>
-          <t>野菜鮮用保存袋</t>
+          <t>キチントさん　マチ付きフリーザーバッグ　Ｓ</t>
         </is>
       </c>
       <c r="C64" s="0" t="inlineStr">
         <is>
-          <t>2025年12月05日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G64" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" s="0" t="inlineStr">
         <is>
-          <t>4903301225492</t>
+          <t>4901422335687</t>
         </is>
       </c>
       <c r="B65" s="0" t="inlineStr">
         <is>
-          <t>リードホットクッキングシート　中</t>
+          <t>キチントさん　マチ付きフリーザーバッグ　Ｍ</t>
         </is>
       </c>
       <c r="C65" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G65" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" s="0" t="inlineStr">
         <is>
-          <t>4976366016732</t>
+          <t>4901422335694</t>
         </is>
       </c>
       <c r="B66" s="0" t="inlineStr">
         <is>
-          <t>Ｐｒｏ＋ニトリルスムースＰＦピンク　２００枚　ＳＳ</t>
+          <t>キチントさん　マチ付きフリーザーバッグ　Ｌ</t>
         </is>
       </c>
       <c r="C66" s="0" t="inlineStr">
         <is>
-          <t>2025年12月01日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G66" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" s="0" t="inlineStr">
         <is>
-          <t>4976366016749</t>
+          <t>4901422336554</t>
         </is>
       </c>
       <c r="B67" s="0" t="inlineStr">
         <is>
-          <t>Ｐｒｏ＋ニトリルスムースＰＦピンク　２００枚　Ｓ</t>
+          <t>フリーザーバックおいしさキープＭフック式</t>
         </is>
       </c>
       <c r="C67" s="0" t="inlineStr">
         <is>
-          <t>2025年12月01日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G67" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" s="0" t="inlineStr">
         <is>
-          <t>4976366016756</t>
+          <t>4901422338923</t>
         </is>
       </c>
       <c r="B68" s="0" t="inlineStr">
         <is>
-          <t>Ｐｒｏ＋ニトリルスムースＰＦピンク　２００枚　Ｍ</t>
+          <t>カチッとロックＳ</t>
         </is>
       </c>
       <c r="C68" s="0" t="inlineStr">
         <is>
-          <t>2025年12月01日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G68" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" s="0" t="inlineStr">
         <is>
-          <t>4902424424485</t>
+          <t>4901422338930</t>
         </is>
       </c>
       <c r="B69" s="0" t="inlineStr">
         <is>
-          <t>フマキラー蚊とり線香皿ジャンボ　吊り下げ式</t>
+          <t>カチッとロックＭ</t>
         </is>
       </c>
       <c r="C69" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G69" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" s="0" t="inlineStr">
         <is>
-          <t>4902424432671</t>
+          <t>4901422338954</t>
         </is>
       </c>
       <c r="B70" s="0" t="inlineStr">
         <is>
-          <t>アリ・ムカデ　粉剤</t>
+          <t>キチントさんスマートプッシュＳ</t>
         </is>
       </c>
       <c r="C70" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G70" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" s="0" t="inlineStr">
         <is>
-          <t>4902424432695</t>
+          <t>4901422338961</t>
         </is>
       </c>
       <c r="B71" s="0" t="inlineStr">
         <is>
-          <t>アリ・ムカデ　粉剤</t>
+          <t>キチントさんスマートプッシュＭ</t>
         </is>
       </c>
       <c r="C71" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G71" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" s="0" t="inlineStr">
         <is>
-          <t>4902424444087</t>
+          <t>4901422338978</t>
         </is>
       </c>
       <c r="B72" s="0" t="inlineStr">
         <is>
-          <t>ゴキファイタープロ激取れ</t>
+          <t>キチントさんスマートプッシュＬ</t>
         </is>
       </c>
       <c r="C72" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G72" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" s="0" t="inlineStr">
         <is>
-          <t>4902424446654</t>
+          <t>4901422338985</t>
         </is>
       </c>
       <c r="B73" s="0" t="inlineStr">
         <is>
-          <t>虫よけバリアスプレー４５０ＭＬ</t>
+          <t>キチントさんスマートプッシュＳ</t>
         </is>
       </c>
       <c r="C73" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G73" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" s="0" t="inlineStr">
         <is>
-          <t>4902424447736</t>
+          <t>4901422338992</t>
         </is>
       </c>
       <c r="B74" s="0" t="inlineStr">
         <is>
-          <t>虫よけバリアブラック３Ｘパワーアミ戸用２６０日</t>
+          <t>キチントさんスマートプッシュＭ</t>
         </is>
       </c>
       <c r="C74" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G74" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" s="0" t="inlineStr">
         <is>
-          <t>4902424447743</t>
+          <t>4901422339005</t>
         </is>
       </c>
       <c r="B75" s="0" t="inlineStr">
         <is>
-          <t>虫よけバリアブラック３Ｘパワーアミ戸用１年</t>
+          <t>キチントさんスマートプッシュＬ</t>
         </is>
       </c>
       <c r="C75" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G75" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" s="0" t="inlineStr">
         <is>
-          <t>4902424447774</t>
+          <t>4901422339029</t>
         </is>
       </c>
       <c r="B76" s="0" t="inlineStr">
         <is>
-          <t>虫よけバリアブラック３Ｘパワーアミ戸用２６０日</t>
+          <t>ごはん冷凍保存容器一膳</t>
         </is>
       </c>
       <c r="C76" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G76" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" s="0" t="inlineStr">
         <is>
-          <t>4902424449174</t>
+          <t>4901422339036</t>
         </is>
       </c>
       <c r="B77" s="0" t="inlineStr">
         <is>
-          <t>スキンベープミストイカリジンプレミアムハーブプラス</t>
+          <t>ごはん冷凍保存容器一膳</t>
         </is>
       </c>
       <c r="C77" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G77" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" s="0" t="inlineStr">
         <is>
-          <t>4902424449181</t>
+          <t>4901422339043</t>
         </is>
       </c>
       <c r="B78" s="0" t="inlineStr">
         <is>
-          <t>ダニゼロバリアワンプッシュ６０回分</t>
+          <t>ごはん冷凍保存容器小盛</t>
         </is>
       </c>
       <c r="C78" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G78" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" s="0" t="inlineStr">
         <is>
-          <t>4964596485886</t>
+          <t>4901422339050</t>
         </is>
       </c>
       <c r="B79" s="0" t="inlineStr">
         <is>
-          <t>サナ　ニューボーン　パウダリーペンシルブロウＥＸ　０４（ロイヤルブラウン）</t>
+          <t>ごはん冷凍保存容器小盛</t>
         </is>
       </c>
       <c r="C79" s="0" t="inlineStr">
         <is>
-          <t>2025年11月10日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G79" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" s="0" t="inlineStr">
         <is>
-          <t>4973307644108</t>
+          <t>4901422339067</t>
         </is>
       </c>
       <c r="B80" s="0" t="inlineStr">
         <is>
-          <t>子供立体マスクＳ７枚入　こぐまちゃん２３　ＭＳＫＢ１Ｎ</t>
+          <t>ごはん冷凍保存容器アソートセット</t>
         </is>
       </c>
       <c r="C80" s="0" t="inlineStr">
         <is>
-          <t>2025年11月10日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G80" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" s="0" t="inlineStr">
         <is>
-          <t>4976558007524</t>
+          <t>4901422351120</t>
         </is>
       </c>
       <c r="B81" s="0" t="inlineStr">
         <is>
-          <t>紙すとろー　（白）</t>
+          <t>キッチンパック</t>
         </is>
       </c>
       <c r="C81" s="0" t="inlineStr">
         <is>
-          <t>2025年11月10日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G81" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" s="0" t="inlineStr">
         <is>
-          <t>4549980592397</t>
+          <t>4901422351144</t>
         </is>
       </c>
       <c r="B82" s="0" t="inlineStr">
         <is>
-          <t>ＦＬ４０ＳＮＳＤＬＦ３　自然色形蛍光灯</t>
+          <t>キッチンパック</t>
         </is>
       </c>
       <c r="C82" s="0" t="inlineStr">
         <is>
-          <t>2025年11月07日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G82" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" s="0" t="inlineStr">
         <is>
-          <t>4570112700717</t>
+          <t>4902125461000</t>
         </is>
       </c>
       <c r="B83" s="0" t="inlineStr">
         <is>
-          <t>するりんぱ　サポートソックス　チャコール　１足</t>
+          <t>あかり香炉　かゆらぎ　１２０００゜</t>
         </is>
       </c>
       <c r="C83" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G83" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" s="0" t="inlineStr">
         <is>
-          <t>4904735059578</t>
+          <t>4902125893221</t>
         </is>
       </c>
       <c r="B84" s="0" t="inlineStr">
         <is>
-          <t>パックスナチュロンキッチンスポンジ紅白２個組（ピンク・ナチュラル）</t>
+          <t>アロマベラ　エッセンシャルオイル　ユーカリ　１０ｍｌ</t>
         </is>
       </c>
       <c r="C84" s="0" t="inlineStr">
         <is>
-          <t>2025年09月16日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G84" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" s="0" t="inlineStr">
         <is>
-          <t>4902424423402</t>
+          <t>4902125893245</t>
         </is>
       </c>
       <c r="B85" s="0" t="inlineStr">
         <is>
-          <t>アルゼンチンアリ巣ごと退治液剤１．８Ｌ</t>
+          <t>アロマベラ　エッセンシャルオイル　ゼラニウム　１０ｍｌ</t>
         </is>
       </c>
       <c r="C85" s="0" t="inlineStr">
         <is>
-          <t>2025年08月04日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G85" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" s="0" t="inlineStr">
         <is>
-          <t>4902424440881</t>
+          <t>4902125893313</t>
         </is>
       </c>
       <c r="B86" s="0" t="inlineStr">
         <is>
-          <t>カダンスズメバチバスーカジェット５５０ＭＬ</t>
+          <t>アロマベラ　エッセンシャルオイル　レモングラス　１０ｍｌ</t>
         </is>
       </c>
       <c r="C86" s="0" t="inlineStr">
         <is>
-          <t>2025年07月31日</t>
-[...14 lines deleted...]
-          <t>2025年01月20日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G86" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" s="0" t="inlineStr">
         <is>
-          <t>4902424440898</t>
+          <t>4902125893344</t>
         </is>
       </c>
       <c r="B87" s="0" t="inlineStr">
         <is>
-          <t>カダンハチ・アブダブルジェット４８０ｍｌ</t>
+          <t>アロマベラ　エッセンシャルオイル　オレンジ　１０ｍｌ</t>
         </is>
       </c>
       <c r="C87" s="0" t="inlineStr">
         <is>
-          <t>2025年07月31日</t>
-[...14 lines deleted...]
-          <t>2025年01月20日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G87" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" s="0" t="inlineStr">
         <is>
-          <t>4976363122863</t>
+          <t>4906156037920</t>
         </is>
       </c>
       <c r="B88" s="0" t="inlineStr">
         <is>
-          <t>ラブリネス　オーキッドシャワー</t>
+          <t>ヴィートリッチバスタイム除毛クリームしっかり除毛</t>
         </is>
       </c>
       <c r="C88" s="0" t="inlineStr">
         <is>
-          <t>2025年06月01日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G88" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" s="0" t="inlineStr">
         <is>
-          <t>4976363122870</t>
+          <t>4906156603286</t>
         </is>
       </c>
       <c r="B89" s="0" t="inlineStr">
         <is>
-          <t>ラブリネス　フローラルソープ</t>
+          <t>おそとでメディキュット　エニタイムエクササイズ　エブリデイＭ－Ｌサイズ</t>
         </is>
       </c>
       <c r="C89" s="0" t="inlineStr">
         <is>
-          <t>2025年06月01日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G89" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" s="0" t="inlineStr">
         <is>
-          <t>4976363127561</t>
+          <t>4906156603293</t>
         </is>
       </c>
       <c r="B90" s="0" t="inlineStr">
         <is>
-          <t>アロマストプレート３個パック　ホワイトシトラス</t>
+          <t>おそとでメディキュット　エニタイムエクササイズ　エブリデイＬ－ＬＬサイズ</t>
         </is>
       </c>
       <c r="C90" s="0" t="inlineStr">
         <is>
-          <t>2025年06月01日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G90" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" s="0" t="inlineStr">
         <is>
-          <t>4902424439298</t>
+          <t>4906156603361</t>
         </is>
       </c>
       <c r="B91" s="0" t="inlineStr">
         <is>
-          <t>犬猫まわれ右　粒剤　ローズの香り</t>
+          <t>メディキュット　ネイチャーヒーリングソックス　ロング　ナチュラルグレー　Ｍ</t>
         </is>
       </c>
       <c r="C91" s="0" t="inlineStr">
         <is>
-          <t>2025年01月17日</t>
-[...14 lines deleted...]
-          <t>2012年02月02日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G91" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" s="0" t="inlineStr">
         <is>
-          <t>4902424426045</t>
+          <t>4906156603378</t>
         </is>
       </c>
       <c r="B92" s="0" t="inlineStr">
         <is>
-          <t>カダン除草王オールキラー粒剤　2kg</t>
+          <t>メディキュット　ネイチャーヒーリングソックス　ロング　ナチュラルグレー　Ｌ</t>
         </is>
       </c>
       <c r="C92" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月22日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G92" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" s="0" t="inlineStr">
         <is>
-          <t>4902424426069</t>
+          <t>4936960108578</t>
         </is>
       </c>
       <c r="B93" s="0" t="inlineStr">
         <is>
-          <t>カダン除草王オールキラー粒剤</t>
+          <t>スマートスタイルヘッドホンＢＫ</t>
         </is>
       </c>
       <c r="C93" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月24日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G93" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" s="0" t="inlineStr">
         <is>
-          <t>4902424426076</t>
+          <t>4936960108585</t>
         </is>
       </c>
       <c r="B94" s="0" t="inlineStr">
         <is>
-          <t>カダン除草王オールキラー粒剤　900g</t>
+          <t>スマートスタイルヘッドホンＳＬ</t>
         </is>
       </c>
       <c r="C94" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月24日</t>
+          <t>2026年02月16日</t>
         </is>
       </c>
       <c r="G94" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" s="0" t="inlineStr">
         <is>
-          <t>4902424426410</t>
+          <t>4987176228673</t>
         </is>
       </c>
       <c r="B95" s="0" t="inlineStr">
         <is>
-          <t>カダン除草王オールキラー粒剤　3kg</t>
+          <t>レノアアロマジュエル　ブルーミングブロッサムの香り　詰替え　超特大サイズ</t>
         </is>
       </c>
       <c r="C95" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月24日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G95" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" s="0" t="inlineStr">
         <is>
-          <t>4902424433807</t>
+          <t>4987176228734</t>
         </is>
       </c>
       <c r="B96" s="0" t="inlineStr">
         <is>
-          <t>カダン　アリカダン粉剤７００ｇ</t>
+          <t>レノアアロマジュエル　ブルーミングブロッサムの香り　詰替え　特大サイズ</t>
         </is>
       </c>
       <c r="C96" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月24日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G96" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" s="0" t="inlineStr">
         <is>
-          <t>4902424433814</t>
+          <t>4987176242136</t>
         </is>
       </c>
       <c r="B97" s="0" t="inlineStr">
         <is>
-          <t>カダン　アリカダン粉剤徳用１．２ｋｇ</t>
+          <t>レノアアロマジュエル　パステルフローラル＆ブロッサムの香り　詰替え　超特大サイズ</t>
         </is>
       </c>
       <c r="C97" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月24日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G97" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" s="0" t="inlineStr">
         <is>
-          <t>4902424440911</t>
+          <t>4987176242143</t>
         </is>
       </c>
       <c r="B98" s="0" t="inlineStr">
         <is>
-          <t>虫よけ除草王2L</t>
+          <t>レノアアロマジュエル　アンティークローズ＆フローラルの香り　詰替え　特大サイズ</t>
         </is>
       </c>
       <c r="C98" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月24日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G98" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" s="0" t="inlineStr">
         <is>
-          <t>4902424440928</t>
+          <t>4987176242198</t>
         </is>
       </c>
       <c r="B99" s="0" t="inlineStr">
         <is>
-          <t>虫よけ除草王１０００ＭＬ</t>
+          <t>レノアアロマジュエル　パステルフローラル＆ブロッサムの香り　詰替え　特大サイズ</t>
         </is>
       </c>
       <c r="C99" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月24日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G99" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" s="0" t="inlineStr">
         <is>
-          <t>4902424444636</t>
+          <t>4987176242259</t>
         </is>
       </c>
       <c r="B100" s="0" t="inlineStr">
         <is>
-          <t>カダン除草王ビネガ－キラ－2L</t>
+          <t>レノアアロマジュエル　アンティークローズ＆フローラルの香り　詰替え　超特大サイズ</t>
         </is>
       </c>
       <c r="C100" s="0" t="inlineStr">
         <is>
-          <t>2024年01月21日</t>
-[...14 lines deleted...]
-          <t>2024年01月24日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G100" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" s="0" t="inlineStr">
         <is>
-          <t>4906156801873</t>
+          <t>4987176253897</t>
         </is>
       </c>
       <c r="B101" s="0" t="inlineStr">
         <is>
-          <t>ミューズメン石鹸</t>
+          <t>ファブリーズ　イージークリップ　ベルガモットウッド</t>
         </is>
       </c>
       <c r="C101" s="0" t="inlineStr">
         <is>
-          <t>2023年03月20日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G101" s="0" t="inlineStr">
         <is>
-          <t>2025年12月16日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" s="0" t="inlineStr">
         <is>
-          <t>4595121167054</t>
+          <t>4987176253903</t>
         </is>
       </c>
       <c r="B102" s="0" t="inlineStr">
         <is>
-          <t>幅広先細ハブラシ</t>
+          <t>ファブリーズ　イージークリップ　パッションアンバー</t>
         </is>
       </c>
       <c r="C102" s="0" t="inlineStr">
         <is>
-          <t>2025年12月08日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G102" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" s="0" t="inlineStr">
         <is>
-          <t>4901696534045</t>
+          <t>4987176253910</t>
         </is>
       </c>
       <c r="B103" s="0" t="inlineStr">
         <is>
-          <t>無添加石けん　洗顔フォーム</t>
+          <t>ファブリーズ　イージークリップ　パッションアンバー</t>
         </is>
       </c>
       <c r="C103" s="0" t="inlineStr">
         <is>
-          <t>2025年12月08日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G103" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" s="0" t="inlineStr">
         <is>
-          <t>4521684202543</t>
+          <t>4987176253934</t>
         </is>
       </c>
       <c r="B104" s="0" t="inlineStr">
         <is>
-          <t>ＮＭＧ０４西宮指定プラスチック４５Ｌ</t>
+          <t>ファブリーズ　イージークリップ　ベルガモットウッド</t>
         </is>
       </c>
       <c r="C104" s="0" t="inlineStr">
         <is>
-          <t>2025年12月05日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G104" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" s="0" t="inlineStr">
         <is>
-          <t>4903301349358</t>
+          <t>4987176256461</t>
         </is>
       </c>
       <c r="B105" s="0" t="inlineStr">
         <is>
-          <t>業務用　ソフラン　アロマリッチ　キャサリン</t>
+          <t>ファブリーズ　イージークリップ　ホワイトフローラル</t>
         </is>
       </c>
       <c r="C105" s="0" t="inlineStr">
         <is>
-          <t>2025年12月03日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G105" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" s="0" t="inlineStr">
         <is>
-          <t>4524963011119</t>
+          <t>4987176256478</t>
         </is>
       </c>
       <c r="B106" s="0" t="inlineStr">
         <is>
-          <t>水あか防止スプレー＋</t>
+          <t>ファブリーズ　イージークリップ　ホワイトフローラル</t>
         </is>
       </c>
       <c r="C106" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G106" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" s="0" t="inlineStr">
         <is>
-          <t>4549980592359</t>
+          <t>4987176263339</t>
         </is>
       </c>
       <c r="B107" s="0" t="inlineStr">
         <is>
-          <t>ＦＬ４０ＳＤＳＤＬＦ３　自然色形蛍光灯</t>
+          <t>ファブリーズ　玄関用消臭剤＋抗菌　ホワイトティー＆シトラス　詰替え</t>
         </is>
       </c>
       <c r="C107" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G107" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" s="0" t="inlineStr">
         <is>
-          <t>4902407330536</t>
+          <t>4987176263377</t>
         </is>
       </c>
       <c r="B108" s="0" t="inlineStr">
         <is>
-          <t>レンジでゆたぽんおしりホット</t>
+          <t>ファブリーズ　玄関用消臭剤　フレンチ・リネン＆ジャスミン　詰替え</t>
         </is>
       </c>
       <c r="C108" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G108" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" s="0" t="inlineStr">
         <is>
-          <t>4973307636790</t>
+          <t>4987176263384</t>
         </is>
       </c>
       <c r="B109" s="0" t="inlineStr">
         <is>
-          <t>歯ブラシ３本セット　いないいないばあっ２３</t>
+          <t>ファブリーズ　玄関用消臭剤＋抗菌　フレンチリネン＆ソープ　詰替え</t>
         </is>
       </c>
       <c r="C109" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G109" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" s="0" t="inlineStr">
         <is>
-          <t>4901422365226</t>
+          <t>4987176263407</t>
         </is>
       </c>
       <c r="B110" s="0" t="inlineStr">
         <is>
-          <t>ダストマン▽（サンカク）５０枚</t>
+          <t>ファブリーズ　玄関用消臭剤＋抗菌　ホワイトティー＆シトラス　本体</t>
         </is>
       </c>
       <c r="C110" s="0" t="inlineStr">
         <is>
-          <t>2025年09月21日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G110" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" s="0" t="inlineStr">
         <is>
-          <t>4902011789034</t>
+          <t>4987176263445</t>
         </is>
       </c>
       <c r="B111" s="0" t="inlineStr">
         <is>
-          <t>ナチュラ　さら肌さらり吸水ナプキン　中量用　２２枚</t>
+          <t>ファブリーズ　玄関用消臭剤　フレンチ・リネン＆ジャスミン　本体＋詰替え</t>
         </is>
       </c>
       <c r="C111" s="0" t="inlineStr">
         <is>
-          <t>2022年03月15日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G111" s="0" t="inlineStr">
         <is>
-          <t>2025年12月09日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" s="0" t="inlineStr">
         <is>
-          <t>4973307436055</t>
+          <t>4987176263452</t>
         </is>
       </c>
       <c r="B112" s="0" t="inlineStr">
         <is>
-          <t>救急ばんそうこう　トミカ１９　ＱＱＢ１</t>
+          <t>ファブリーズ　玄関用消臭剤　スイート・ピオニー＆ミュゲ　詰替え</t>
         </is>
       </c>
       <c r="C112" s="0" t="inlineStr">
         <is>
-          <t>2025年11月28日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G112" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" s="0" t="inlineStr">
         <is>
-          <t>4525636322747</t>
+          <t>4987176263469</t>
         </is>
       </c>
       <c r="B113" s="0" t="inlineStr">
         <is>
-          <t>すみっコぐらし　ボディスポンジ３　しろくま</t>
+          <t>ファブリーズ　玄関用消臭剤＋抗菌　フレンチリネン＆ソープ　本体</t>
         </is>
       </c>
       <c r="C113" s="0" t="inlineStr">
         <is>
-          <t>2025年11月26日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G113" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" s="0" t="inlineStr">
         <is>
-          <t>4987973221310</t>
+          <t>4987176263476</t>
         </is>
       </c>
       <c r="B114" s="0" t="inlineStr">
         <is>
-          <t>三次元ダイヤモンドマスク　プラチナシリーズ　フリーサイズ　スカイブルー</t>
+          <t>ファブリーズ　玄関用消臭剤＋抗菌　ホワイトティー＆シトラス　本体＋詰替え</t>
         </is>
       </c>
       <c r="C114" s="0" t="inlineStr">
         <is>
-          <t>2025年11月26日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G114" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" s="0" t="inlineStr">
         <is>
-          <t>4513574037854</t>
+          <t>4987176263483</t>
         </is>
       </c>
       <c r="B115" s="0" t="inlineStr">
         <is>
-          <t>ディブ　ＣＩＣＡ　ハイドロ　モイスチャージェル</t>
+          <t>ファブリーズ　玄関用消臭剤＋抗菌　フレンチリネン＆ソープ　本体＋詰替え</t>
         </is>
       </c>
       <c r="C115" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G115" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" s="0" t="inlineStr">
         <is>
-          <t>4902050210490</t>
+          <t>4987176263490</t>
         </is>
       </c>
       <c r="B116" s="0" t="inlineStr">
         <is>
-          <t>ＦＵＮＳ　Ｌｕｘｕｒｙ柔軟剤Ｎｏ９２詰替</t>
+          <t>ファブリーズ　玄関用消臭剤　ホワイト・ティー＆リリー　本体＋詰替え</t>
         </is>
       </c>
       <c r="C116" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G116" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" s="0" t="inlineStr">
         <is>
-          <t>4902468297038</t>
+          <t>4987176263506</t>
         </is>
       </c>
       <c r="B117" s="0" t="inlineStr">
         <is>
-          <t>リペア＆バランス　スキンケアパウダー</t>
+          <t>ファブリーズ　玄関用消臭剤　ホワイト・ティー＆リリー　詰替え</t>
         </is>
       </c>
       <c r="C117" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G117" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" s="0" t="inlineStr">
         <is>
-          <t>4904735055907</t>
+          <t>4987176263513</t>
         </is>
       </c>
       <c r="B118" s="0" t="inlineStr">
         <is>
-          <t>パックスベビー　洗濯せっけん　詰替用</t>
+          <t>ファブリーズ　玄関用消臭剤　スイート・ピオニー＆ミュゲ　本体＋詰替え</t>
         </is>
       </c>
       <c r="C118" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G118" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" s="0" t="inlineStr">
         <is>
-          <t>4973512260858</t>
+          <t>4987176273178</t>
         </is>
       </c>
       <c r="B119" s="0" t="inlineStr">
         <is>
-          <t>ハッピーエレファント　柔軟仕上げ剤</t>
+          <t>ファブリーズ　トイレ用消臭剤　ベルガモットウッド　本体</t>
         </is>
       </c>
       <c r="C119" s="0" t="inlineStr">
         <is>
-          <t>2025年11月21日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G119" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" s="0" t="inlineStr">
         <is>
-          <t>4521684999863</t>
+          <t>4987176273185</t>
         </is>
       </c>
       <c r="B120" s="0" t="inlineStr">
         <is>
-          <t>プレミアムフィット手袋Ｓ　ＰＧＴ１１</t>
+          <t>ファブリーズ　トイレ用消臭剤　ベルガモットウッド　本体＋詰替え２個パック</t>
         </is>
       </c>
       <c r="C120" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G120" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" s="0" t="inlineStr">
         <is>
-          <t>4521684999870</t>
+          <t>4987176273192</t>
         </is>
       </c>
       <c r="B121" s="0" t="inlineStr">
         <is>
-          <t>プレミアムフィット手袋Ｍ　ＰＧＴ１２</t>
+          <t>ファブリーズ　トイレ用消臭剤　ホワイトフローラル　本体</t>
         </is>
       </c>
       <c r="C121" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G121" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" s="0" t="inlineStr">
         <is>
-          <t>4521684999887</t>
+          <t>4987176273208</t>
         </is>
       </c>
       <c r="B122" s="0" t="inlineStr">
         <is>
-          <t>ＰＧＴ１３プレミアムフィット手袋Ｌ</t>
+          <t>ファブリーズ　トイレ用消臭剤　ホワイトフローラル　本体＋詰替え２個パック</t>
         </is>
       </c>
       <c r="C122" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G122" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" s="0" t="inlineStr">
         <is>
-          <t>4538353820847</t>
+          <t>4987176273215</t>
         </is>
       </c>
       <c r="B123" s="0" t="inlineStr">
         <is>
-          <t>リボン付きバスフラワー　モーブピンク</t>
+          <t>ファブリーズ　トイレ用消臭剤　パッションアンバー　本体＋詰替え２個パック</t>
         </is>
       </c>
       <c r="C123" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G123" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" s="0" t="inlineStr">
         <is>
-          <t>4548404101047</t>
+          <t>4987176273222</t>
         </is>
       </c>
       <c r="B124" s="0" t="inlineStr">
         <is>
-          <t>キクロン　ヤシの実虎たわし</t>
+          <t>ファブリーズ　トイレ用消臭剤　パッションアンバー　本体</t>
         </is>
       </c>
       <c r="C124" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G124" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" s="0" t="inlineStr">
         <is>
-          <t>4548404101092</t>
+          <t>4987176292216</t>
         </is>
       </c>
       <c r="B125" s="0" t="inlineStr">
         <is>
-          <t>新キクロンｆ　あわもっちー　袋入</t>
+          <t>ファブリーズ　トイレ用消臭剤　パッションアンバー　詰替え</t>
         </is>
       </c>
       <c r="C125" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年11月04日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G125" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" s="0" t="inlineStr">
         <is>
-          <t>4548404101665</t>
+          <t>4987176292223</t>
         </is>
       </c>
       <c r="B126" s="0" t="inlineStr">
         <is>
-          <t>スリムフィット　グリーン　袋入</t>
+          <t>ファブリーズ　トイレ用消臭剤　ホワイトフローラル　詰替え</t>
         </is>
       </c>
       <c r="C126" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G126" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" s="0" t="inlineStr">
         <is>
-          <t>4548404102433</t>
+          <t>4987176292230</t>
         </is>
       </c>
       <c r="B127" s="0" t="inlineStr">
         <is>
-          <t>スリムフィット２Ｐ</t>
+          <t>ファブリーズ　トイレ用消臭剤　ベルガモットウッド　詰替え</t>
         </is>
       </c>
       <c r="C127" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G127" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" s="0" t="inlineStr">
         <is>
-          <t>4562161952650</t>
+          <t>4987176293985</t>
         </is>
       </c>
       <c r="B128" s="0" t="inlineStr">
         <is>
-          <t>ＣＲ３７０どうぶつ親子のフードパック２ｉｎ１</t>
+          <t>レノア　アロマジュエル　ミスティローズ＆フローラルの香り　本体</t>
         </is>
       </c>
       <c r="C128" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G128" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" s="0" t="inlineStr">
         <is>
-          <t>4562378463505</t>
+          <t>4987176293992</t>
         </is>
       </c>
       <c r="B129" s="0" t="inlineStr">
         <is>
-          <t>消毒用エタノールＩＰ「ＳＰ」ＳＰ３</t>
+          <t>レノア　アロマジュエル　パステルフローラル＆ブロッサムの香り　本体</t>
         </is>
       </c>
       <c r="C129" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2024年09月17日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G129" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" s="0" t="inlineStr">
         <is>
-          <t>4562378463512</t>
+          <t>4987176294012</t>
         </is>
       </c>
       <c r="B130" s="0" t="inlineStr">
         <is>
-          <t>消毒用エタノールＩＰスプレー</t>
+          <t>レノア　アロマジュエル　ブルーミングブロッサムの香り　本体</t>
         </is>
       </c>
       <c r="C130" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2024年09月17日</t>
+          <t>2026年02月13日</t>
         </is>
       </c>
       <c r="G130" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" s="0" t="inlineStr">
         <is>
-          <t>4580131770127</t>
+          <t>4987115521605</t>
         </is>
       </c>
       <c r="B131" s="0" t="inlineStr">
         <is>
-          <t>ミントの香りのトイレクリーナー３０枚</t>
+          <t>イヤな虫ムエンダー６０プッシュ</t>
         </is>
       </c>
       <c r="C131" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月01日</t>
         </is>
       </c>
       <c r="G131" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" s="0" t="inlineStr">
         <is>
-          <t>4901451164227</t>
+          <t>4987115550308</t>
         </is>
       </c>
       <c r="B132" s="0" t="inlineStr">
         <is>
-          <t>カピバラさん保湿ミニポケットティシュ６個</t>
+          <t>蚊に効く虫コナーズプレミアムコンパクトタイプ１５０日用</t>
         </is>
       </c>
       <c r="C132" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年02月01日</t>
         </is>
       </c>
       <c r="G132" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" s="0" t="inlineStr">
         <is>
-          <t>4901772403890</t>
+          <t>4902407024312</t>
         </is>
       </c>
       <c r="B133" s="0" t="inlineStr">
         <is>
-          <t>スパイファミリーミニポケットティシュ６Ｐ</t>
+          <t>アイスノン　シャツミスト　ミントの香り</t>
         </is>
       </c>
       <c r="C133" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G133" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" s="0" t="inlineStr">
         <is>
-          <t>4901772403906</t>
+          <t>4902407024329</t>
         </is>
       </c>
       <c r="B134" s="0" t="inlineStr">
         <is>
-          <t>スパイファミリー水に流せるポケット９Ｐ</t>
+          <t>アイスノン　シャツミスト　エキストラミントの香り</t>
         </is>
       </c>
       <c r="C134" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G134" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" s="0" t="inlineStr">
         <is>
-          <t>4903018183726</t>
+          <t>4902407024343</t>
         </is>
       </c>
       <c r="B135" s="0" t="inlineStr">
         <is>
-          <t>YANAGIYA１６１５　ＶＣトニック　無香料</t>
+          <t>アイスノン　シャツミスト　ミントの香り　大容量</t>
         </is>
       </c>
       <c r="C135" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G135" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" s="0" t="inlineStr">
         <is>
-          <t>4903018183733</t>
+          <t>4902407024350</t>
         </is>
       </c>
       <c r="B136" s="0" t="inlineStr">
         <is>
-          <t>YANAGIYA１６１５　ＶＣトニック　無香料ＵＣ</t>
+          <t>アイスノン　シャツミスト　エキストラミントの香り　大容量</t>
         </is>
       </c>
       <c r="C136" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G136" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" s="0" t="inlineStr">
         <is>
-          <t>4903018206210</t>
+          <t>4902407024633</t>
         </is>
       </c>
       <c r="B137" s="0" t="inlineStr">
         <is>
-          <t>ＣＯＨＡＲＵ　Ｓオイル　＜スムース＆Ｓ＞</t>
+          <t>アイスノン　極冷えボディシート</t>
         </is>
       </c>
       <c r="C137" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G137" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" s="0" t="inlineStr">
         <is>
-          <t>4903018261042</t>
+          <t>4902407024657</t>
         </is>
       </c>
       <c r="B138" s="0" t="inlineStr">
         <is>
-          <t>ジェノスヘアクリーム＜モイスチャー＞</t>
+          <t>アイスノン　シャツミスト　エキストラミントの香り　大容量　つめかえ用</t>
         </is>
       </c>
       <c r="C138" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G138" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" s="0" t="inlineStr">
         <is>
-          <t>4903301249016</t>
+          <t>4902407024718</t>
         </is>
       </c>
       <c r="B139" s="0" t="inlineStr">
         <is>
-          <t>デントヘルス　薬用ハミガキ　無研磨ゲル</t>
+          <t>アイスノン　極冷えボディシート　せっけんの香り</t>
         </is>
       </c>
       <c r="C139" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G139" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" s="0" t="inlineStr">
         <is>
-          <t>4903301249047</t>
+          <t>4902407024725</t>
         </is>
       </c>
       <c r="B140" s="0" t="inlineStr">
         <is>
-          <t>デントヘルス　薬用ハミガキ　しみるブロック</t>
+          <t>アイスノン　極冷え洗顔シート　２０枚×２個入</t>
         </is>
       </c>
       <c r="C140" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G140" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" s="0" t="inlineStr">
         <is>
-          <t>4903301264866</t>
+          <t>4902407024787</t>
         </is>
       </c>
       <c r="B141" s="0" t="inlineStr">
         <is>
-          <t>リードヘルシークッキングペーパー大１０枚</t>
+          <t>アイスノン　極冷えタオル　ピンク</t>
         </is>
       </c>
       <c r="C141" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G141" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" s="0" t="inlineStr">
         <is>
-          <t>4949176055482</t>
+          <t>4902407025111</t>
         </is>
       </c>
       <c r="B142" s="0" t="inlineStr">
         <is>
-          <t>ダニ捕りハウス２枚入</t>
+          <t>アイスノン　ＩＣＥ　ＫＩＮＧ　極冷えボディミスト　金木犀の香り</t>
         </is>
       </c>
       <c r="C142" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G142" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" s="0" t="inlineStr">
         <is>
-          <t>4949176099516</t>
+          <t>4902407025128</t>
         </is>
       </c>
       <c r="B143" s="0" t="inlineStr">
         <is>
-          <t>背中腰健康ふみ竹ぐりんぐりん　グリーン</t>
+          <t>アイスノン　ネッククーラー　Ｍサイズ</t>
         </is>
       </c>
       <c r="C143" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G143" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" s="0" t="inlineStr">
         <is>
-          <t>4949176099585</t>
+          <t>4902407025135</t>
         </is>
       </c>
       <c r="B144" s="0" t="inlineStr">
         <is>
-          <t>背中腰健康ふみ竹ぐりんぐりん　ピンク</t>
+          <t>アイスノン　ネッククーラー　Ｌサイズ</t>
         </is>
       </c>
       <c r="C144" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G144" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" s="0" t="inlineStr">
         <is>
-          <t>4950367052777</t>
+          <t>4902407025166</t>
         </is>
       </c>
       <c r="B145" s="0" t="inlineStr">
         <is>
-          <t>天然精油のパークスプレー</t>
+          <t>アイスノン　ＩＣＥ　ＫＩＮＧ　極冷えボディミスト　金木犀の香り　つめかえ用</t>
         </is>
       </c>
       <c r="C145" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G145" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" s="0" t="inlineStr">
         <is>
-          <t>4956810804597</t>
+          <t>4902424435726</t>
         </is>
       </c>
       <c r="B146" s="0" t="inlineStr">
         <is>
-          <t>おにぎリング</t>
+          <t>スキンベープミスト</t>
         </is>
       </c>
       <c r="C146" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
       <c r="G146" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" s="0" t="inlineStr">
         <is>
-          <t>4970883006856</t>
+          <t>4902424452051</t>
         </is>
       </c>
       <c r="B147" s="0" t="inlineStr">
         <is>
-          <t>デルガードクイックパッド　ふつうサイズ１０枚</t>
+          <t>フマキラーワンショット未来６０回</t>
         </is>
       </c>
       <c r="C147" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
       <c r="G147" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" s="0" t="inlineStr">
         <is>
-          <t>4970883006863</t>
+          <t>4987176277978</t>
         </is>
       </c>
       <c r="B148" s="0" t="inlineStr">
         <is>
-          <t>デルガードクイックパッド　大きめサイズ６枚</t>
+          <t>レノア　オードリュクス　シダーウッド＆ベルガモットハーブの香り　超特大サイズ</t>
         </is>
       </c>
       <c r="C148" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
       <c r="G148" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" s="0" t="inlineStr">
         <is>
-          <t>4970883008522</t>
+          <t>4987176278111</t>
         </is>
       </c>
       <c r="B149" s="0" t="inlineStr">
         <is>
-          <t>デルガードクイックパッド　ミニ１０枚</t>
+          <t>レノア　オードリュクス　シダーウッド＆ベルガモットハーブの香り　特大サイズ</t>
         </is>
       </c>
       <c r="C149" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
       <c r="G149" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" s="0" t="inlineStr">
         <is>
-          <t>4970883008539</t>
+          <t>4906156501445</t>
         </is>
       </c>
       <c r="B150" s="0" t="inlineStr">
         <is>
-          <t>デルガードクイックパッド　ワイド４枚</t>
+          <t>フィニッシュパワー＆ピュア　大型</t>
         </is>
       </c>
       <c r="C150" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2026年01月19日</t>
         </is>
       </c>
       <c r="G150" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" s="0" t="inlineStr">
         <is>
-          <t>4970883008546</t>
+          <t>4971671187870</t>
         </is>
       </c>
       <c r="B151" s="0" t="inlineStr">
         <is>
-          <t>デルガードクイックパッド　指用６枚</t>
+          <t>低・高反発Ｗ効果インソール</t>
         </is>
       </c>
       <c r="C151" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2026年01月15日</t>
         </is>
       </c>
       <c r="G151" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" s="0" t="inlineStr">
         <is>
-          <t>4970883011850</t>
+          <t>4906156800708</t>
         </is>
       </c>
       <c r="B152" s="0" t="inlineStr">
         <is>
-          <t>阿蘇製薬　デルガード　クイックパッド　スポット　１０枚</t>
+          <t>ミューズノータッチ　泡ハンドソープ自動ディスペンサー　キッチン用</t>
         </is>
       </c>
       <c r="C152" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2025年12月31日</t>
         </is>
       </c>
       <c r="G152" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" s="0" t="inlineStr">
         <is>
-          <t>4970883011867</t>
+          <t>4524963010907</t>
         </is>
       </c>
       <c r="B153" s="0" t="inlineStr">
         <is>
-          <t>阿蘇製薬　デルガード　クイックパッド　水仕事用　１０枚</t>
+          <t>しみとりマイクロブラシ</t>
         </is>
       </c>
       <c r="C153" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G153" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" s="0" t="inlineStr">
         <is>
-          <t>4970883012246</t>
+          <t>4524963011157</t>
         </is>
       </c>
       <c r="B154" s="0" t="inlineStr">
         <is>
-          <t>阿蘇製薬　デルガード　クイックパッド　靴ずれ６枚</t>
+          <t>業務用ダイヤモンドパッド　シート＆ホルダーセット</t>
         </is>
       </c>
       <c r="C154" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G154" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" s="0" t="inlineStr">
         <is>
-          <t>4970883013540</t>
+          <t>4891228301743</t>
         </is>
       </c>
       <c r="B155" s="0" t="inlineStr">
         <is>
-          <t>デルガード鼻孔拡張テープクリア２０枚</t>
+          <t>プレミア敏感肌用折りたたみタイプＬディスポ</t>
         </is>
       </c>
       <c r="C155" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
-[...14 lines deleted...]
-          <t>2025年10月01日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G155" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" s="0" t="inlineStr">
         <is>
-          <t>4971633171886</t>
+          <t>4891228302511</t>
         </is>
       </c>
       <c r="B156" s="0" t="inlineStr">
         <is>
-          <t>エルモア　ｆｕｋｕｔプレミアム　アルカリ電解水＋アルコール　２０枚</t>
+          <t>シックハイドロ５パワーセレクトダブルホルダー（替刃２コ付）　ＨＰＳＩ５－２１０</t>
         </is>
       </c>
       <c r="C156" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G156" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" s="0" t="inlineStr">
         <is>
-          <t>4971633171923</t>
+          <t>4891228302658</t>
         </is>
       </c>
       <c r="B157" s="0" t="inlineStr">
         <is>
-          <t>エルモア　ｆｕｋｕｔプレミアム　セスキ＋アルコール　２０枚</t>
+          <t>ハイドロ５プレミアム　パワーセレクト　ホルダー　替刃付</t>
         </is>
       </c>
       <c r="C157" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G157" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" s="0" t="inlineStr">
         <is>
-          <t>4971633171947</t>
+          <t>4891228303679</t>
         </is>
       </c>
       <c r="B158" s="0" t="inlineStr">
         <is>
-          <t>エルモア　ｆｕｋｕｔプレミアム　アルコールキッチン除菌　２０枚</t>
+          <t>ハイドロ５プレミアムパワーセレクト替刃</t>
         </is>
       </c>
       <c r="C158" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G158" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" s="0" t="inlineStr">
         <is>
-          <t>4975759201946</t>
+          <t>4891228303686</t>
         </is>
       </c>
       <c r="B159" s="0" t="inlineStr">
         <is>
-          <t>ＣＬＯＴＨ－ｉ（クロスアイ）　グランセーマ</t>
+          <t>ハイドロ５プレミアム　パワーセレクト　替刃</t>
         </is>
       </c>
       <c r="C159" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G159" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" s="0" t="inlineStr">
         <is>
-          <t>4977033117134</t>
+          <t>4891228303693</t>
         </is>
       </c>
       <c r="B160" s="0" t="inlineStr">
         <is>
-          <t>ぽかんとたん６コパック</t>
+          <t>ハイドロ５パワーセレクト替刃</t>
         </is>
       </c>
       <c r="C160" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G160" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" s="0" t="inlineStr">
         <is>
-          <t>4987205286759</t>
+          <t>4891228303709</t>
         </is>
       </c>
       <c r="B161" s="0" t="inlineStr">
         <is>
-          <t>シエロ　デザイニングカラー　テラコッタブラウン</t>
+          <t>ハイドロ５パワーセレクト替刃</t>
         </is>
       </c>
       <c r="C161" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G161" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" s="0" t="inlineStr">
         <is>
-          <t>4903111157907</t>
+          <t>4891228310691</t>
         </is>
       </c>
       <c r="B162" s="0" t="inlineStr">
         <is>
-          <t>ムーニーおしりふきやわらか厚手詰替６０枚×３</t>
+          <t>ハイドロ５プレミアム　ホルダー　替刃付</t>
         </is>
       </c>
       <c r="C162" s="0" t="inlineStr">
         <is>
-          <t>2025年10月30日</t>
-[...14 lines deleted...]
-          <t>2025年10月07日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G162" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" s="0" t="inlineStr">
         <is>
-          <t>4987205286667</t>
+          <t>4891228310721</t>
         </is>
       </c>
       <c r="B163" s="0" t="inlineStr">
         <is>
-          <t>シエロ　デザイニングカラー　ヌーディオークル</t>
+          <t>ハイドロ５プレミアム　つるり肌へ　替刃</t>
         </is>
       </c>
       <c r="C163" s="0" t="inlineStr">
         <is>
-          <t>2025年10月29日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G163" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" s="0" t="inlineStr">
         <is>
-          <t>4903018183566</t>
+          <t>4891228310738</t>
         </is>
       </c>
       <c r="B164" s="0" t="inlineStr">
         <is>
-          <t>柳屋フレッシュトニック　柑橘ＥＸ　微香性</t>
+          <t>ハイドロ５プレミアム　替刃</t>
         </is>
       </c>
       <c r="C164" s="0" t="inlineStr">
         <is>
-          <t>2025年10月28日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G164" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" s="0" t="inlineStr">
         <is>
-          <t>4891228309640</t>
+          <t>4891228310745</t>
         </is>
       </c>
       <c r="B165" s="0" t="inlineStr">
         <is>
-          <t>スマートシェーブ　ｂｙ　Ｓｃｈｉｃｋ　コンボパック（ホルダー（刃付き）＋替刃７コ）</t>
+          <t>ハイドロ５プレミアム　敏感肌　ホルダー（刃付き）</t>
         </is>
       </c>
       <c r="C165" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G165" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" s="0" t="inlineStr">
         <is>
-          <t>4902407025197</t>
+          <t>4891228310776</t>
         </is>
       </c>
       <c r="B166" s="0" t="inlineStr">
         <is>
-          <t>アイスノン　シャツミスト　ＩＣＥ　ＫＩＮＧ　ピーチの香り　つめかえ用</t>
+          <t>ハイドロ５プレミアム　敏感肌　替刃</t>
         </is>
       </c>
       <c r="C166" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G166" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" s="0" t="inlineStr">
         <is>
-          <t>4964596420979</t>
+          <t>4891228310783</t>
         </is>
       </c>
       <c r="B167" s="0" t="inlineStr">
         <is>
-          <t>サナ　ボディリファイニング　シャンプー</t>
+          <t>ハイドロ５プレミアム　敏感肌　替刃</t>
         </is>
       </c>
       <c r="C167" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G167" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" s="0" t="inlineStr">
         <is>
-          <t>4964596700804</t>
+          <t>4891228310790</t>
         </is>
       </c>
       <c r="B168" s="0" t="inlineStr">
         <is>
-          <t>サナ　インプリファイン　スキンバリアベース　Ｍ　０２</t>
+          <t>ハイドロ５ベーシック　ホルダー　替刃付</t>
         </is>
       </c>
       <c r="C168" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G168" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" s="0" t="inlineStr">
         <is>
-          <t>4964596701429</t>
+          <t>4891228310813</t>
         </is>
       </c>
       <c r="B169" s="0" t="inlineStr">
         <is>
-          <t>サナ　ニューボーン　クリーミーアイペンシルＥＸ　０４</t>
+          <t>ハイドロ５ベーシック　替刃</t>
         </is>
       </c>
       <c r="C169" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G169" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" s="0" t="inlineStr">
         <is>
-          <t>0033200099901</t>
+          <t>4891228310820</t>
         </is>
       </c>
       <c r="B170" s="0" t="inlineStr">
         <is>
-          <t>アーム＆ハンマー　クリーンバースト</t>
+          <t>ハイドロ５　ベーシック　替刃</t>
         </is>
       </c>
       <c r="C170" s="0" t="inlineStr">
         <is>
-          <t>2025年10月24日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G170" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" s="0" t="inlineStr">
         <is>
-          <t>4580350289578</t>
+          <t>4891228310837</t>
         </is>
       </c>
       <c r="B171" s="0" t="inlineStr">
         <is>
-          <t>デュラレックス　プリズム　２２０ＣＣ</t>
+          <t>ハイドロ５ベーシック　替刃　１２コ入</t>
         </is>
       </c>
       <c r="C171" s="0" t="inlineStr">
         <is>
-          <t>2025年10月24日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G171" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" s="0" t="inlineStr">
         <is>
-          <t>4580350289585</t>
+          <t>4891228311391</t>
         </is>
       </c>
       <c r="B172" s="0" t="inlineStr">
         <is>
-          <t>デュラレックス　プリズム　２７５ＣＣ</t>
+          <t>ハイドロ５　ナチュラル　替刃</t>
         </is>
       </c>
       <c r="C172" s="0" t="inlineStr">
         <is>
-          <t>2025年10月24日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G172" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" s="0" t="inlineStr">
         <is>
-          <t>4987176203168</t>
+          <t>4891228311414</t>
         </is>
       </c>
       <c r="B173" s="0" t="inlineStr">
         <is>
-          <t>パンパース　肌へのいちばん　たっちパンツ　スーパージャンボ　Ｍ</t>
+          <t>ハイドロ５　ナチュラル　替刃</t>
         </is>
       </c>
       <c r="C173" s="0" t="inlineStr">
         <is>
-          <t>2025年10月24日</t>
-[...14 lines deleted...]
-          <t>2025年10月20日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G173" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" s="0" t="inlineStr">
         <is>
-          <t>4903111517879</t>
+          <t>4891228312220</t>
         </is>
       </c>
       <c r="B174" s="0" t="inlineStr">
         <is>
-          <t>超快適ＳＭＡＲＴＣＯＬＯＲ　ＰＩＮＫ　ふつう</t>
+          <t>イントゥイション　しっとり肌　ホルダー（刃付き）お試し用</t>
         </is>
       </c>
       <c r="C174" s="0" t="inlineStr">
         <is>
-          <t>2025年10月23日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G174" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" s="0" t="inlineStr">
         <is>
-          <t>4903367305367</t>
+          <t>4891228312237</t>
         </is>
       </c>
       <c r="B175" s="0" t="inlineStr">
         <is>
-          <t>おうちの除菌スプレー　本体</t>
+          <t>イントゥイション　さっぱりうるおい肌　ホルダー（刃付き＋替刃１コ）</t>
         </is>
       </c>
       <c r="C175" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G175" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" s="0" t="inlineStr">
         <is>
-          <t>4903367306296</t>
+          <t>4891228312275</t>
         </is>
       </c>
       <c r="B176" s="0" t="inlineStr">
         <is>
-          <t>銀光液</t>
+          <t>イントゥイション　さっぱりうるおい肌　替刃</t>
         </is>
       </c>
       <c r="C176" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G176" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" s="0" t="inlineStr">
         <is>
-          <t>4987973113660</t>
+          <t>4891228312398</t>
         </is>
       </c>
       <c r="B177" s="0" t="inlineStr">
         <is>
-          <t>キューピーコーワヒーリングドリンク　１００ｍｌ×１０本</t>
+          <t>シック　ヒゲグルーマー（刃付き）</t>
         </is>
       </c>
       <c r="C177" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G177" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" s="0" t="inlineStr">
         <is>
-          <t>4987973220399</t>
+          <t>4891228314897</t>
         </is>
       </c>
       <c r="B178" s="0" t="inlineStr">
         <is>
-          <t>バンテリンコーワサポーター　親指専用　ｆｏｒＥ－ｓｐｏｒｔｓ　Ｍ－Ｌサイズ　ブラック×ネオンオレンジ</t>
+          <t>ハイドロ５ベーシック　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
         </is>
       </c>
       <c r="C178" s="0" t="inlineStr">
         <is>
-          <t>2025年10月21日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G178" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" s="0" t="inlineStr">
         <is>
-          <t>4520699613375</t>
+          <t>4891228314903</t>
         </is>
       </c>
       <c r="B179" s="0" t="inlineStr">
         <is>
-          <t>１週間消臭抗菌デオトイレ取替専用消臭サンド</t>
+          <t>ハイドロ５プレミアム　つるり肌へ　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
         </is>
       </c>
       <c r="C179" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
-[...14 lines deleted...]
-          <t>2010年03月01日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G179" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" s="0" t="inlineStr">
         <is>
-          <t>4570112700724</t>
+          <t>4891228314910</t>
         </is>
       </c>
       <c r="B180" s="0" t="inlineStr">
         <is>
-          <t>するりんぱ　サポートソックス　ピンクブラウン</t>
+          <t>ハイドロ５プレミアム　敏感肌　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
         </is>
       </c>
       <c r="C180" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G180" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" s="0" t="inlineStr">
         <is>
-          <t>4571113807092</t>
+          <t>4891228314934</t>
         </is>
       </c>
       <c r="B181" s="0" t="inlineStr">
         <is>
-          <t>オーラルスプラッシュ　フレッシュミント　大</t>
+          <t>シック　キワミ　ホルダー（刃付き＋替刃１コ）</t>
         </is>
       </c>
       <c r="C181" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G181" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" s="0" t="inlineStr">
         <is>
-          <t>4571113807108</t>
+          <t>4891228314941</t>
         </is>
       </c>
       <c r="B182" s="0" t="inlineStr">
         <is>
-          <t>オーラルスプラッシュペパーミント大</t>
+          <t>シック　キワミ　敏感肌　ホルダー（刃付き＋替刃１コ）</t>
         </is>
       </c>
       <c r="C182" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G182" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" s="0" t="inlineStr">
         <is>
-          <t>4903367092564</t>
+          <t>4891228314958</t>
         </is>
       </c>
       <c r="B183" s="0" t="inlineStr">
         <is>
-          <t>アロマソフター　シャイニングローズ　詰替え</t>
+          <t>シック　キワミ　替刃（４コ入）</t>
         </is>
       </c>
       <c r="C183" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G183" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" s="0" t="inlineStr">
         <is>
-          <t>4901316677244</t>
+          <t>4891228314965</t>
         </is>
       </c>
       <c r="B184" s="0" t="inlineStr">
         <is>
-          <t>ＬＭ６７７２４　丸ゴム　太　黒</t>
+          <t>シック　キワミ　替刃（８コ入）</t>
         </is>
       </c>
       <c r="C184" s="0" t="inlineStr">
         <is>
-          <t>2025年10月10日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G184" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" s="0" t="inlineStr">
         <is>
-          <t>4971671192072</t>
+          <t>4891228314972</t>
         </is>
       </c>
       <c r="B185" s="0" t="inlineStr">
         <is>
-          <t>スニーカーケアレザーシャンプー</t>
+          <t>シック　キワミ　敏感肌　替刃（４コ入）</t>
         </is>
       </c>
       <c r="C185" s="0" t="inlineStr">
         <is>
-          <t>2025年10月08日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G185" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" s="0" t="inlineStr">
         <is>
-          <t>4971671192089</t>
+          <t>4891228314989</t>
         </is>
       </c>
       <c r="B186" s="0" t="inlineStr">
         <is>
-          <t>スニーカーケアファブリックシャンプー</t>
+          <t>シック　キワミ　敏感肌　替刃（８コ入）</t>
         </is>
       </c>
       <c r="C186" s="0" t="inlineStr">
         <is>
-          <t>2025年10月08日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G186" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" s="0" t="inlineStr">
         <is>
-          <t>4903111241149</t>
+          <t>4891228314996</t>
         </is>
       </c>
       <c r="B187" s="0" t="inlineStr">
         <is>
-          <t>ムーニー低刺激であんしんＳ５８枚</t>
+          <t>シック　キワミ　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
         </is>
       </c>
       <c r="C187" s="0" t="inlineStr">
         <is>
-          <t>2025年10月06日</t>
-[...14 lines deleted...]
-          <t>2025年10月07日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G187" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" s="0" t="inlineStr">
         <is>
-          <t>4543268104364</t>
+          <t>4891228315009</t>
         </is>
       </c>
       <c r="B188" s="0" t="inlineStr">
         <is>
-          <t>肉球用みつろうクリーム</t>
+          <t>シック　キワミ　敏感肌　コンボパック（ホルダー（刃付き）＋替刃４コ）</t>
         </is>
       </c>
       <c r="C188" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G188" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" s="0" t="inlineStr">
         <is>
-          <t>4548514154490</t>
+          <t>4891228315719</t>
         </is>
       </c>
       <c r="B189" s="0" t="inlineStr">
         <is>
-          <t>きき湯ファインヒート　グレープフルーツの香り　詰替え用</t>
+          <t>ハイドロ５ナチュラル　ホルダー（刃付き＋替刃１コ）</t>
         </is>
       </c>
       <c r="C189" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G189" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" s="0" t="inlineStr">
         <is>
-          <t>4548514154506</t>
+          <t>4891228315726</t>
         </is>
       </c>
       <c r="B190" s="0" t="inlineStr">
         <is>
-          <t>きき湯ファインヒート　レモングラスの香り　詰替え用</t>
+          <t>ハイドロ５プレミアム　つるり肌へ　ホルダー（刃付き＋替刃１コ）</t>
         </is>
       </c>
       <c r="C190" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G190" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" s="0" t="inlineStr">
         <is>
-          <t>4548514154544</t>
+          <t>4891228315733</t>
         </is>
       </c>
       <c r="B191" s="0" t="inlineStr">
         <is>
-          <t>きき湯ファインヒート　レモングラスの香り</t>
+          <t>ハイドロ５プレミアム　敏感肌　ホルダー（刃付き＋替刃１コ）</t>
         </is>
       </c>
       <c r="C191" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G191" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" s="0" t="inlineStr">
         <is>
-          <t>4548514158580</t>
+          <t>4901750883331</t>
         </is>
       </c>
       <c r="B192" s="0" t="inlineStr">
         <is>
-          <t>ポッピンアロマ　気分ごきげんフローラル</t>
+          <t>ポイズ肌ケアパッド超スリム＆コンパクト軽快Ｌ</t>
         </is>
       </c>
       <c r="C192" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G192" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" s="0" t="inlineStr">
         <is>
-          <t>4548514158603</t>
+          <t>4903601652691</t>
         </is>
       </c>
       <c r="B193" s="0" t="inlineStr">
         <is>
-          <t>ポッピンアロマ　気分ごきげんフローラル　つめかえ用</t>
+          <t>ハイドロシェービングジェル</t>
         </is>
       </c>
       <c r="C193" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G193" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" s="0" t="inlineStr">
         <is>
-          <t>4548514158610</t>
+          <t>4903601652714</t>
         </is>
       </c>
       <c r="B194" s="0" t="inlineStr">
         <is>
-          <t>ポッピンアロマ　気分はずむシトラス　つめかえ用</t>
+          <t>ハイドロプレミアムシェービングジェル</t>
         </is>
       </c>
       <c r="C194" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月26日</t>
         </is>
       </c>
       <c r="G194" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" s="0" t="inlineStr">
         <is>
-          <t>4548514158627</t>
+          <t>4973307626135</t>
         </is>
       </c>
       <c r="B195" s="0" t="inlineStr">
         <is>
-          <t>ポッピンアロマ　気分ごきげんフローラル</t>
+          <t>子供立体マスク　チップ＆デール</t>
         </is>
       </c>
       <c r="C195" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月18日</t>
         </is>
       </c>
       <c r="G195" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" s="0" t="inlineStr">
         <is>
-          <t>4548514158634</t>
+          <t>4973307626159</t>
         </is>
       </c>
       <c r="B196" s="0" t="inlineStr">
         <is>
-          <t>ポッピンアロマ　気分はずむシトラス</t>
+          <t>子供立体マスク　くまのプーさん</t>
         </is>
       </c>
       <c r="C196" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月18日</t>
         </is>
       </c>
       <c r="G196" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" s="0" t="inlineStr">
         <is>
-          <t>4548514158658</t>
+          <t>4973307627231</t>
         </is>
       </c>
       <c r="B197" s="0" t="inlineStr">
         <is>
-          <t>発泡の素</t>
+          <t>子供立体マスク　Ｓサイズ　いないいないばあっ！</t>
         </is>
       </c>
       <c r="C197" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月18日</t>
         </is>
       </c>
       <c r="G197" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" s="0" t="inlineStr">
         <is>
-          <t>4548514516496</t>
+          <t>4973307511042</t>
         </is>
       </c>
       <c r="B198" s="0" t="inlineStr">
         <is>
-          <t>モルティ　薬用スカルプクリア</t>
+          <t>ハンドクリーム　すみっコぐらし　ねこ</t>
         </is>
       </c>
       <c r="C198" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月09日</t>
         </is>
       </c>
       <c r="G198" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" s="0" t="inlineStr">
         <is>
-          <t>4901433072410</t>
+          <t>4902875030617</t>
         </is>
       </c>
       <c r="B199" s="0" t="inlineStr">
         <is>
-          <t>サンキラーパーフェクトストロングＺ</t>
+          <t>緑の魔女ランドリー詰替６２０ＭＬ</t>
         </is>
       </c>
       <c r="C199" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月01日</t>
         </is>
       </c>
       <c r="G199" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" s="0" t="inlineStr">
         <is>
-          <t>4901601301083</t>
+          <t>4901559213483</t>
         </is>
       </c>
       <c r="B200" s="0" t="inlineStr">
         <is>
-          <t>ＨＣ３６０６キャップ付ツメヤスリ</t>
+          <t>ＨＥＲＳバスラボクール　ＳＰＡＲＫＬＩＮＧ　ＳＵＭＭＥＲ　１２錠入</t>
         </is>
       </c>
       <c r="C200" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
-[...14 lines deleted...]
-          <t>2025年03月03日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G200" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" s="0" t="inlineStr">
         <is>
-          <t>4901601301137</t>
+          <t>4901559213971</t>
         </is>
       </c>
       <c r="B201" s="0" t="inlineStr">
         <is>
-          <t>ＨＣ３６１１ツメミガキ　３ＷＡＹ</t>
+          <t>いい湯旅立ち　納涼にごり炭酸湯　そよかぜの宿</t>
         </is>
       </c>
       <c r="C201" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
-[...14 lines deleted...]
-          <t>2025年03月03日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G201" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" s="0" t="inlineStr">
         <is>
-          <t>4901601305883</t>
+          <t>4902407267375</t>
         </is>
       </c>
       <c r="B202" s="0" t="inlineStr">
         <is>
-          <t>サファイヤツメヤスリ　ＨＣ３６１３</t>
+          <t>お肌の虫よけシート　すみっコぐらし</t>
         </is>
       </c>
       <c r="C202" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
-[...14 lines deleted...]
-          <t>2025年03月03日</t>
+          <t>2025年10月31日</t>
         </is>
       </c>
       <c r="G202" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" s="0" t="inlineStr">
         <is>
-          <t>4950367104162</t>
+          <t>4901601231687</t>
         </is>
       </c>
       <c r="B203" s="0" t="inlineStr">
         <is>
-          <t>かばん用除湿・消臭剤</t>
+          <t>ＨＣ０８３３ニュースタンダードツメキリＬ</t>
         </is>
       </c>
       <c r="C203" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
+      <c r="D203" s="0" t="inlineStr">
+        <is>
+          <t>4901601079340</t>
+        </is>
+      </c>
+      <c r="E203" s="0" t="inlineStr">
+        <is>
+          <t>ＨＣ４００２　クレアートリー　ニュースタンダードツメキリＬ</t>
+        </is>
+      </c>
+      <c r="F203" s="0" t="inlineStr">
+        <is>
+          <t>2025年03月03日</t>
+        </is>
+      </c>
       <c r="G203" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" s="0" t="inlineStr">
         <is>
-          <t>4956810803040</t>
+          <t>4901601301021</t>
         </is>
       </c>
       <c r="B204" s="0" t="inlineStr">
         <is>
-          <t>スピンホイール　コランダー　オーバル（レッド）</t>
+          <t>ＨＣ３６００ニュースタンダードツメキリＳ</t>
         </is>
       </c>
       <c r="C204" s="0" t="inlineStr">
         <is>
           <t>2025年09月30日</t>
         </is>
       </c>
+      <c r="D204" s="0" t="inlineStr">
+        <is>
+          <t>4901601079326</t>
+        </is>
+      </c>
+      <c r="E204" s="0" t="inlineStr">
+        <is>
+          <t>ＨＣ４０００　クレアートリー　ニュースタンダードツメキリＳ</t>
+        </is>
+      </c>
+      <c r="F204" s="0" t="inlineStr">
+        <is>
+          <t>2025年03月03日</t>
+        </is>
+      </c>
       <c r="G204" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" s="0" t="inlineStr">
         <is>
-          <t>4520699644270</t>
+          <t>4901601301038</t>
         </is>
       </c>
       <c r="B205" s="0" t="inlineStr">
         <is>
-          <t>デオトイレ針葉樹の消臭・抗菌チップ</t>
+          <t>ニュースタンダードツメキリＭ　ＨＣ３６０１</t>
         </is>
       </c>
       <c r="C205" s="0" t="inlineStr">
         <is>
-          <t>2025年08月31日</t>
+          <t>2025年09月30日</t>
+        </is>
+      </c>
+      <c r="D205" s="0" t="inlineStr">
+        <is>
+          <t>4901601079333</t>
+        </is>
+      </c>
+      <c r="E205" s="0" t="inlineStr">
+        <is>
+          <t>ＨＣ４００１　クレアートリー　ニュースタンダードツメキリＭ</t>
+        </is>
+      </c>
+      <c r="F205" s="0" t="inlineStr">
+        <is>
+          <t>2025年03月03日</t>
         </is>
       </c>
       <c r="G205" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" s="0" t="inlineStr">
         <is>
-          <t>4902425619088</t>
+          <t>4901601301069</t>
         </is>
       </c>
       <c r="B206" s="0" t="inlineStr">
         <is>
-          <t>あわ入浴剤　アンパンマン　ボトルタイプ</t>
+          <t>ニューネイルクリッパー　Ｍ　ＨＣ３６０４</t>
         </is>
       </c>
       <c r="C206" s="0" t="inlineStr">
         <is>
-          <t>2025年07月31日</t>
+          <t>2025年09月30日</t>
+        </is>
+      </c>
+      <c r="D206" s="0" t="inlineStr">
+        <is>
+          <t>4901601079456</t>
+        </is>
+      </c>
+      <c r="E206" s="0" t="inlineStr">
+        <is>
+          <t>ＨＣ４０１３　クレアートリー　ニューネイルクリッパー　Ｍ</t>
+        </is>
+      </c>
+      <c r="F206" s="0" t="inlineStr">
+        <is>
+          <t>2025年03月03日</t>
         </is>
       </c>
       <c r="G206" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" s="0" t="inlineStr">
         <is>
-          <t>4987176195937</t>
+          <t>4901601283235</t>
         </is>
       </c>
       <c r="B207" s="0" t="inlineStr">
         <is>
-          <t>ウィスパーうすさら吸水　３０ｃｃ　２２枚　無香料</t>
+          <t>アイラッシュカーラーライトカーブ</t>
         </is>
       </c>
       <c r="C207" s="0" t="inlineStr">
         <is>
-          <t>2025年06月06日</t>
+          <t>2025年02月12日</t>
         </is>
       </c>
       <c r="G207" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" s="0" t="inlineStr">
         <is>
-          <t>4976631481241</t>
+          <t>4901601283259</t>
         </is>
       </c>
       <c r="B208" s="0" t="inlineStr">
         <is>
-          <t>ペリカンモイスチャーソープ１０個セット</t>
+          <t>アイラッシュカーラーディープカーブ</t>
         </is>
       </c>
       <c r="C208" s="0" t="inlineStr">
         <is>
-          <t>2025年05月09日</t>
+          <t>2025年02月12日</t>
         </is>
       </c>
       <c r="G208" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" s="0" t="inlineStr">
         <is>
-          <t>4970061077159</t>
+          <t>4901601283297</t>
         </is>
       </c>
       <c r="B209" s="0" t="inlineStr">
         <is>
-          <t>ポアトル角質ピーリングジェルＥＸＦ</t>
+          <t>ＫＱ３１６５　アイラッシュカーラー替ゴム（４コ入）</t>
         </is>
       </c>
       <c r="C209" s="0" t="inlineStr">
         <is>
-          <t>2025年02月28日</t>
+          <t>2025年02月12日</t>
         </is>
       </c>
       <c r="G209" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" s="0" t="inlineStr">
         <is>
-          <t>4976631150093</t>
+          <t>4987115545878</t>
         </is>
       </c>
       <c r="B210" s="0" t="inlineStr">
         <is>
-          <t>ペリカン　ホットライフ泡ボディーソープ</t>
+          <t>虫コナーズビーズタイプ２５０日　無香性</t>
         </is>
       </c>
       <c r="C210" s="0" t="inlineStr">
         <is>
-          <t>2023年07月21日</t>
+          <t>2025年01月31日</t>
         </is>
       </c>
       <c r="G210" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" s="0" t="inlineStr">
         <is>
-          <t>4976631605005</t>
+          <t>4987115545892</t>
         </is>
       </c>
       <c r="B211" s="0" t="inlineStr">
         <is>
-          <t>こども無添加３コパック</t>
+          <t>虫コナーズビーズタイプ２５０日シベリアンフォレストの香り</t>
         </is>
       </c>
       <c r="C211" s="0" t="inlineStr">
         <is>
-          <t>2023年07月07日</t>
+          <t>2025年01月31日</t>
         </is>
       </c>
       <c r="G211" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" s="0" t="inlineStr">
         <is>
-          <t>4976631605067</t>
+          <t>4904510997071</t>
         </is>
       </c>
       <c r="B212" s="0" t="inlineStr">
         <is>
-          <t>家族の無添加ソープ３コパック</t>
+          <t>樹から生まれた手袋リッチネ薄手Ｓピンク</t>
         </is>
       </c>
       <c r="C212" s="0" t="inlineStr">
         <is>
-          <t>2023年06月07日</t>
+          <t>2024年12月31日</t>
         </is>
       </c>
       <c r="G212" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" s="0" t="inlineStr">
         <is>
-          <t>4976631477923</t>
+          <t>4904510997095</t>
         </is>
       </c>
       <c r="B213" s="0" t="inlineStr">
         <is>
-          <t>ファミリー馬油石鹸２個パック</t>
+          <t>樹から生まれた手袋リッチネ薄手Ｍグリーン</t>
         </is>
       </c>
       <c r="C213" s="0" t="inlineStr">
         <is>
-          <t>2023年03月31日</t>
+          <t>2024年12月31日</t>
         </is>
       </c>
       <c r="G213" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" s="0" t="inlineStr">
         <is>
-          <t>4976631477978</t>
+          <t>4904510997101</t>
         </is>
       </c>
       <c r="B214" s="0" t="inlineStr">
         <is>
-          <t>ペリカン　薬用ファミリー柿渋石鹸２個パック</t>
+          <t>樹から生まれた手袋リッチネ薄手Ｌグリーン</t>
         </is>
       </c>
       <c r="C214" s="0" t="inlineStr">
         <is>
-          <t>2023年03月17日</t>
+          <t>2024年12月31日</t>
         </is>
       </c>
       <c r="G214" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" s="0" t="inlineStr">
         <is>
-          <t>4976631477701</t>
+          <t>4904681303589</t>
         </is>
       </c>
       <c r="B215" s="0" t="inlineStr">
         <is>
-          <t>ファミリー柿渋石鹸２Ｐ</t>
+          <t>かわいいお箸ハローキティ２膳（Ｋ）（１５）</t>
         </is>
       </c>
       <c r="C215" s="0" t="inlineStr">
         <is>
-          <t>2023年03月02日</t>
+          <t>2024年11月07日</t>
         </is>
       </c>
       <c r="G215" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" s="0" t="inlineStr">
         <is>
-          <t>4972853015073</t>
+          <t>4987115860902</t>
         </is>
       </c>
       <c r="B216" s="0" t="inlineStr">
         <is>
-          <t>紙のお香美香沈の香り</t>
+          <t>1プッシュで瞬間消臭 トイレのニオイがなくなるスプレー トイレ用 消臭剤 200回分 無香性 45ml</t>
         </is>
       </c>
       <c r="C216" s="0" t="inlineStr">
         <is>
-          <t>2021年02月28日</t>
+          <t>2024年01月31日</t>
+        </is>
+      </c>
+      <c r="D216" s="0" t="inlineStr">
+        <is>
+          <t>4987115861053</t>
+        </is>
+      </c>
+      <c r="E216" s="0" t="inlineStr">
+        <is>
+          <t>クリーンフロー　トイレのニオイがなくなる消臭スプレー無香性</t>
+        </is>
+      </c>
+      <c r="F216" s="0" t="inlineStr">
+        <is>
+          <t>2024年02月02日</t>
         </is>
       </c>
       <c r="G216" s="0" t="inlineStr">
         <is>
-          <t>2025年12月02日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" s="0" t="inlineStr">
         <is>
-          <t>4995860518047</t>
+          <t>4987115860926</t>
         </is>
       </c>
       <c r="B217" s="0" t="inlineStr">
         <is>
-          <t>虫よけビーズ２つめかえ用レモンの香り</t>
+          <t>クリーンフロートイレのニオイがなくなるスプレー200回用シトラスソープの香り</t>
         </is>
       </c>
       <c r="C217" s="0" t="inlineStr">
         <is>
-          <t>2025年12月04日</t>
+          <t>2024年01月31日</t>
         </is>
       </c>
       <c r="G217" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" s="0" t="inlineStr">
         <is>
-          <t>4901696534069</t>
+          <t>4987115860940</t>
         </is>
       </c>
       <c r="B218" s="0" t="inlineStr">
         <is>
-          <t>無添加米ぬか洗顔フォーム</t>
+          <t>クリーンフロートイレのニオイがなくなるスプレーラグジュアリーローズの香り</t>
         </is>
       </c>
       <c r="C218" s="0" t="inlineStr">
         <is>
-          <t>2025年11月21日</t>
+          <t>2024年01月31日</t>
         </is>
       </c>
       <c r="G218" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" s="0" t="inlineStr">
         <is>
-          <t>4902050620510</t>
+          <t>4901601283457</t>
         </is>
       </c>
       <c r="B219" s="0" t="inlineStr">
         <is>
-          <t>ピュアフィールボタニカルボディソープホワイト＆フローラル　本体</t>
+          <t>ＫＫ２５２６キティ和風ニュースタンダードツメキリＭ富士山ダース</t>
         </is>
       </c>
       <c r="C219" s="0" t="inlineStr">
         <is>
-          <t>2025年11月21日</t>
+          <t>2023年05月15日</t>
         </is>
       </c>
       <c r="G219" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="220" spans="1:7">
       <c r="A220" s="0" t="inlineStr">
         <is>
-          <t>4902050620534</t>
+          <t>4901601306996</t>
         </is>
       </c>
       <c r="B220" s="0" t="inlineStr">
         <is>
-          <t>ピュアフィールボタニカルボディソープグリーン＆ヴァーベナ　本体</t>
+          <t>KK1497 カット＆スキハサミ（くまのプーさん）</t>
         </is>
       </c>
       <c r="C220" s="0" t="inlineStr">
         <is>
-          <t>2025年11月21日</t>
+          <t>2021年09月30日</t>
         </is>
       </c>
       <c r="G220" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="221" spans="1:7">
       <c r="A221" s="0" t="inlineStr">
         <is>
-          <t>4902050620541</t>
+          <t>4513574007406</t>
         </is>
       </c>
       <c r="B221" s="0" t="inlineStr">
         <is>
-          <t>ピュアフィールボタニカルボディソープグリーン＆ヴァーベナ　詰替用</t>
+          <t>ソフトスクリット　ボディソープ</t>
         </is>
       </c>
       <c r="C221" s="0" t="inlineStr">
         <is>
-          <t>2025年11月21日</t>
+          <t>2019年08月31日</t>
         </is>
       </c>
       <c r="G221" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="222" spans="1:7">
       <c r="A222" s="0" t="inlineStr">
         <is>
-          <t>4973512260865</t>
+          <t>4513574007413</t>
         </is>
       </c>
       <c r="B222" s="0" t="inlineStr">
         <is>
-          <t>ハッピーエレファント　柔軟仕上げ剤　詰替</t>
+          <t>ソフトスクリット　リンスインシャンプー</t>
         </is>
       </c>
       <c r="C222" s="0" t="inlineStr">
         <is>
-          <t>2025年11月21日</t>
+          <t>2019年08月31日</t>
         </is>
       </c>
       <c r="G222" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月27日</t>
         </is>
       </c>
     </row>
     <row r="223" spans="1:7">
       <c r="A223" s="0" t="inlineStr">
         <is>
-          <t>4903111126316</t>
+          <t>4582559941998</t>
         </is>
       </c>
       <c r="B223" s="0" t="inlineStr">
         <is>
-          <t>ムーニー水あそびパンツピンクＬ１０枚</t>
+          <t>ＨＩＮＩＣＨＩＪＯＵまな板シート</t>
         </is>
       </c>
       <c r="C223" s="0" t="inlineStr">
         <is>
-          <t>2025年11月20日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
       <c r="G223" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="224" spans="1:7">
       <c r="A224" s="0" t="inlineStr">
         <is>
-          <t>4956810805044</t>
+          <t>4525636322679</t>
         </is>
       </c>
       <c r="B224" s="0" t="inlineStr">
         <is>
-          <t>ＣＵＴＴＩＮＧ　まな板シート</t>
+          <t>すみっコぐらし　タオルキャップ３　えびふらい</t>
         </is>
       </c>
       <c r="C224" s="0" t="inlineStr">
         <is>
-          <t>2025年11月20日</t>
+          <t>2026年01月16日</t>
         </is>
       </c>
       <c r="G224" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="225" spans="1:7">
       <c r="A225" s="0" t="inlineStr">
         <is>
-          <t>4547691734242</t>
+          <t>4973307384790</t>
         </is>
       </c>
       <c r="B225" s="0" t="inlineStr">
         <is>
-          <t>リラックマ２０１３ホットタイプ</t>
+          <t>竹箸　２１ｃｍ　魔女の宅急便　ジジ　バラ</t>
         </is>
       </c>
       <c r="C225" s="0" t="inlineStr">
         <is>
-          <t>2025年11月18日</t>
+          <t>2026年01月15日</t>
         </is>
       </c>
       <c r="G225" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="226" spans="1:7">
       <c r="A226" s="0" t="inlineStr">
         <is>
-          <t>4986399005825</t>
+          <t>4987067827800</t>
         </is>
       </c>
       <c r="B226" s="0" t="inlineStr">
         <is>
-          <t>フレグランスフローラルソフターフローラルムスク</t>
+          <t>ホッカイロ　くつ用</t>
         </is>
       </c>
       <c r="C226" s="0" t="inlineStr">
         <is>
-          <t>2025年11月15日</t>
+          <t>2026年01月15日</t>
         </is>
       </c>
       <c r="G226" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="227" spans="1:7">
       <c r="A227" s="0" t="inlineStr">
         <is>
-          <t>4524963010648</t>
+          <t>4562378466179</t>
         </is>
       </c>
       <c r="B227" s="0" t="inlineStr">
         <is>
-          <t>ダイヤモンドパッドｍｉｎｉ　陶器用</t>
+          <t>鼻美盛鼻うがい洗浄器具付</t>
         </is>
       </c>
       <c r="C227" s="0" t="inlineStr">
         <is>
-          <t>2025年11月10日</t>
+          <t>2026年01月14日</t>
         </is>
       </c>
       <c r="G227" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="228" spans="1:7">
       <c r="A228" s="0" t="inlineStr">
         <is>
-          <t>4549660929628</t>
+          <t>4957589025671</t>
         </is>
       </c>
       <c r="B228" s="0" t="inlineStr">
         <is>
-          <t>救急ばんそうこう　リラックマ</t>
+          <t>紳士合皮防水斜めデザイン切替</t>
         </is>
       </c>
       <c r="C228" s="0" t="inlineStr">
         <is>
-          <t>2025年11月07日</t>
+          <t>2026年01月13日</t>
         </is>
       </c>
       <c r="G228" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="229" spans="1:7">
       <c r="A229" s="0" t="inlineStr">
         <is>
-          <t>4549660964315</t>
+          <t>4964596420917</t>
         </is>
       </c>
       <c r="B229" s="0" t="inlineStr">
         <is>
-          <t>リンスインシャンプー　パウ・パトロール</t>
+          <t>サナ　ボディリファイニング　ローション</t>
         </is>
       </c>
       <c r="C229" s="0" t="inlineStr">
         <is>
-          <t>2025年11月07日</t>
+          <t>2026年01月13日</t>
         </is>
       </c>
       <c r="G229" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="230" spans="1:7">
       <c r="A230" s="0" t="inlineStr">
         <is>
-          <t>4902407330758</t>
+          <t>4570118048530</t>
         </is>
       </c>
       <c r="B230" s="0" t="inlineStr">
         <is>
-          <t>リラックスゆたぽん　腰・おなか２ｗａｙホット　ほぐれる温蒸気</t>
+          <t>救急ばんそうこう　キミとアイドルプリキュア♪</t>
         </is>
       </c>
       <c r="C230" s="0" t="inlineStr">
         <is>
-          <t>2025年11月06日</t>
+          <t>2026年01月07日</t>
         </is>
       </c>
       <c r="G230" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="231" spans="1:7">
       <c r="A231" s="0" t="inlineStr">
         <is>
-          <t>4971633171909</t>
+          <t>4901696540589</t>
         </is>
       </c>
       <c r="B231" s="0" t="inlineStr">
         <is>
-          <t>エルモア　ｆｕｋｕｔプレミアム　重曹＋アルコール　２０枚</t>
+          <t>夢みるバーム　赤泥リンクルモイスチャー</t>
         </is>
       </c>
       <c r="C231" s="0" t="inlineStr">
         <is>
-          <t>2025年10月31日</t>
+          <t>2025年12月19日</t>
         </is>
       </c>
       <c r="G231" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="232" spans="1:7">
       <c r="A232" s="0" t="inlineStr">
         <is>
-          <t>4973307664731</t>
+          <t>4971825017404</t>
         </is>
       </c>
       <c r="B232" s="0" t="inlineStr">
         <is>
-          <t>デンタルキット（歯ブラシ付）　アリス　ＴＲＫＳ１</t>
+          <t>デオナチュレ　直ヌリジェル石けん</t>
         </is>
       </c>
       <c r="C232" s="0" t="inlineStr">
         <is>
-          <t>2025年10月24日</t>
+          <t>2025年12月19日</t>
         </is>
       </c>
       <c r="G232" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="233" spans="1:7">
       <c r="A233" s="0" t="inlineStr">
         <is>
-          <t>4901065748769</t>
+          <t>4582400833618</t>
         </is>
       </c>
       <c r="B233" s="0" t="inlineStr">
         <is>
-          <t>シャワーマット　ニューセルポート　ＩＶ</t>
+          <t>ＭＡＳＳＥＭＯＬＬＹホワイトムスクボディクリーム</t>
         </is>
       </c>
       <c r="C233" s="0" t="inlineStr">
         <is>
-          <t>2025年10月20日</t>
+          <t>2025年12月18日</t>
         </is>
       </c>
       <c r="G233" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="234" spans="1:7">
       <c r="A234" s="0" t="inlineStr">
         <is>
-          <t>4901750883492</t>
+          <t>4975810180111</t>
         </is>
       </c>
       <c r="B234" s="0" t="inlineStr">
         <is>
-          <t>ポイズ肌ケアパッド超スリム＆コンパクト安心Ｓ</t>
+          <t>ＤＮ　プラスチックカップ２２０ＭＬ</t>
         </is>
       </c>
       <c r="C234" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2025年12月18日</t>
         </is>
       </c>
       <c r="G234" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="235" spans="1:7">
       <c r="A235" s="0" t="inlineStr">
         <is>
-          <t>4903339783513</t>
+          <t>4580495320143</t>
         </is>
       </c>
       <c r="B235" s="0" t="inlineStr">
         <is>
-          <t>ウルトラハードクリーナー　サニプロテクト</t>
+          <t>エドレミット　オリーブ石けん</t>
         </is>
       </c>
       <c r="C235" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2025年12月15日</t>
         </is>
       </c>
       <c r="G235" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="236" spans="1:7">
       <c r="A236" s="0" t="inlineStr">
         <is>
-          <t>4548514157149</t>
+          <t>4901696541876</t>
         </is>
       </c>
       <c r="B236" s="0" t="inlineStr">
         <is>
-          <t>大人のバスクリン　魅惑のピンクレモンの香り</t>
+          <t>ロゼット洗顔パスタ　氷河泥クレンズ</t>
         </is>
       </c>
       <c r="C236" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月15日</t>
         </is>
       </c>
       <c r="G236" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="237" spans="1:7">
       <c r="A237" s="0" t="inlineStr">
         <is>
-          <t>4548514158818</t>
+          <t>4901696541883</t>
         </is>
       </c>
       <c r="B237" s="0" t="inlineStr">
         <is>
-          <t>きき湯ファインヒートとアヒル隊長　今度は速い！？謎色セット</t>
+          <t>ロゼット洗顔パスタ　レッドリンクル</t>
         </is>
       </c>
       <c r="C237" s="0" t="inlineStr">
         <is>
-          <t>2025年09月30日</t>
+          <t>2025年12月15日</t>
         </is>
       </c>
       <c r="G237" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="238" spans="1:7">
       <c r="A238" s="0" t="inlineStr">
         <is>
-          <t>4964596483585</t>
+          <t>4964596700217</t>
         </is>
       </c>
       <c r="B238" s="0" t="inlineStr">
         <is>
-          <t>サナ　ニューボーン　パウダリーペンシルブロウＥＸ　０２</t>
+          <t>サナ　毛穴パテ職人　カラールースパウダー　０２</t>
         </is>
       </c>
       <c r="C238" s="0" t="inlineStr">
         <is>
-          <t>2025年09月16日</t>
+          <t>2025年12月15日</t>
         </is>
       </c>
       <c r="G238" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="239" spans="1:7">
       <c r="A239" s="0" t="inlineStr">
         <is>
-          <t>4964596483592</t>
+          <t>4901792039536</t>
         </is>
       </c>
       <c r="B239" s="0" t="inlineStr">
         <is>
-          <t>サナ　ニューボーン　パウダリーペンシルブロウＥＸ　０３</t>
+          <t>＃８４７　きれいな手　つかいきりグローブ　１００枚入　Ｌ</t>
         </is>
       </c>
       <c r="C239" s="0" t="inlineStr">
         <is>
-          <t>2025年09月16日</t>
+          <t>2025年12月11日</t>
         </is>
       </c>
       <c r="G239" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="240" spans="1:7">
       <c r="A240" s="0" t="inlineStr">
         <is>
-          <t>4903367302939</t>
+          <t>4973307384783</t>
         </is>
       </c>
       <c r="B240" s="0" t="inlineStr">
         <is>
-          <t>エンジョイアワーズ　さわやかな柑橘系の香り</t>
+          <t>竹箸　２１ｃｍ　魔女の宅急便　ジジ　小花</t>
         </is>
       </c>
       <c r="C240" s="0" t="inlineStr">
         <is>
-          <t>2025年09月11日</t>
+          <t>2025年12月10日</t>
         </is>
       </c>
       <c r="G240" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="241" spans="1:7">
       <c r="A241" s="0" t="inlineStr">
         <is>
-          <t>4901792141208</t>
+          <t>4973307626517</t>
         </is>
       </c>
       <c r="B241" s="0" t="inlineStr">
         <is>
-          <t>ナイスハンドポイ　（ポリエチレン製）</t>
+          <t>不織布子供マスク　トミカ</t>
         </is>
       </c>
       <c r="C241" s="0" t="inlineStr">
         <is>
-          <t>2025年09月10日</t>
+          <t>2025年12月10日</t>
         </is>
       </c>
       <c r="G241" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="242" spans="1:7">
       <c r="A242" s="0" t="inlineStr">
         <is>
-          <t>4538353796074</t>
+          <t>4987973221365</t>
         </is>
       </c>
       <c r="B242" s="0" t="inlineStr">
         <is>
-          <t>旅人の洗剤</t>
+          <t>三次元ダイヤモンドマスク　プラチナシリーズ　フリーサイズ　カモフラージュマスタード</t>
         </is>
       </c>
       <c r="C242" s="0" t="inlineStr">
         <is>
-          <t>2025年05月31日</t>
+          <t>2025年12月10日</t>
         </is>
       </c>
       <c r="G242" s="0" t="inlineStr">
         <is>
-          <t>2025年11月25日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="243" spans="1:7">
       <c r="A243" s="0" t="inlineStr">
         <is>
-          <t>4589581114994</t>
+          <t>4903301225492</t>
         </is>
       </c>
       <c r="B243" s="0" t="inlineStr">
         <is>
-          <t>ハンドクリーム　ちいかわ　ＣＭＨＣ１</t>
+          <t>リードホットクッキングシート　中</t>
         </is>
       </c>
       <c r="C243" s="0" t="inlineStr">
         <is>
-          <t>2025年11月17日</t>
+          <t>2025年12月02日</t>
         </is>
       </c>
       <c r="G243" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="244" spans="1:7">
       <c r="A244" s="0" t="inlineStr">
         <is>
-          <t>4902050620527</t>
+          <t>4976366016732</t>
         </is>
       </c>
       <c r="B244" s="0" t="inlineStr">
         <is>
-          <t>ピュアフィールボタニカルボディソープホワイト＆フローラル　詰替用</t>
+          <t>Ｐｒｏ＋ニトリルスムースＰＦピンク　２００枚　ＳＳ</t>
         </is>
       </c>
       <c r="C244" s="0" t="inlineStr">
         <is>
-          <t>2025年11月17日</t>
+          <t>2025年12月01日</t>
         </is>
       </c>
       <c r="G244" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="245" spans="1:7">
       <c r="A245" s="0" t="inlineStr">
         <is>
-          <t>4973307439575</t>
+          <t>4976366016749</t>
         </is>
       </c>
       <c r="B245" s="0" t="inlineStr">
         <is>
-          <t>子供立体マスクしまじろう１８　ＭＳＫＳ３</t>
+          <t>Ｐｒｏ＋ニトリルスムースＰＦピンク　２００枚　Ｓ</t>
         </is>
       </c>
       <c r="C245" s="0" t="inlineStr">
         <is>
-          <t>2025年11月17日</t>
+          <t>2025年12月01日</t>
         </is>
       </c>
       <c r="G245" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="246" spans="1:7">
       <c r="A246" s="0" t="inlineStr">
         <is>
-          <t>4973307357626</t>
+          <t>4976366016756</t>
         </is>
       </c>
       <c r="B246" s="0" t="inlineStr">
         <is>
-          <t>超軽量両手ストローステンＢしまじろう　ＳＴＷＭ３</t>
+          <t>Ｐｒｏ＋ニトリルスムースＰＦピンク　２００枚　Ｍ</t>
         </is>
       </c>
       <c r="C246" s="0" t="inlineStr">
         <is>
-          <t>2025年11月14日</t>
+          <t>2025年12月01日</t>
         </is>
       </c>
       <c r="G246" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="247" spans="1:7">
       <c r="A247" s="0" t="inlineStr">
         <is>
-          <t>4901559215494</t>
+          <t>4902424440881</t>
         </is>
       </c>
       <c r="B247" s="0" t="inlineStr">
         <is>
-          <t>いい湯旅立ち　納涼にごり湯の宿</t>
+          <t>カダンスズメバチバスーカジェット５５０ＭＬ</t>
         </is>
       </c>
       <c r="C247" s="0" t="inlineStr">
         <is>
-          <t>2025年11月12日</t>
+          <t>2025年07月31日</t>
+        </is>
+      </c>
+      <c r="D247" s="0" t="inlineStr">
+        <is>
+          <t>4902424451467</t>
+        </is>
+      </c>
+      <c r="E247" s="0" t="inlineStr">
+        <is>
+          <t>カダンスズメバチバズーカジェット</t>
+        </is>
+      </c>
+      <c r="F247" s="0" t="inlineStr">
+        <is>
+          <t>2025年01月20日</t>
         </is>
       </c>
       <c r="G247" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="248" spans="1:7">
       <c r="A248" s="0" t="inlineStr">
         <is>
-          <t>4901559215555</t>
+          <t>4902424440898</t>
         </is>
       </c>
       <c r="B248" s="0" t="inlineStr">
         <is>
-          <t>いい湯旅立ち　納涼にごり湯夏祭り</t>
+          <t>カダンハチ・アブダブルジェット４８０ｍｌ</t>
         </is>
       </c>
       <c r="C248" s="0" t="inlineStr">
         <is>
-          <t>2025年11月12日</t>
+          <t>2025年07月31日</t>
+        </is>
+      </c>
+      <c r="D248" s="0" t="inlineStr">
+        <is>
+          <t>4902424451450</t>
+        </is>
+      </c>
+      <c r="E248" s="0" t="inlineStr">
+        <is>
+          <t>カダンハチ・アブダブルジェット</t>
+        </is>
+      </c>
+      <c r="F248" s="0" t="inlineStr">
+        <is>
+          <t>2025年01月20日</t>
         </is>
       </c>
       <c r="G248" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="249" spans="1:7">
       <c r="A249" s="0" t="inlineStr">
         <is>
-          <t>4525636322655</t>
+          <t>4902424439298</t>
         </is>
       </c>
       <c r="B249" s="0" t="inlineStr">
         <is>
-          <t>すみっコぐらし　タオルキャップ３　ねこ</t>
+          <t>犬猫まわれ右　粒剤　ローズの香り</t>
         </is>
       </c>
       <c r="C249" s="0" t="inlineStr">
         <is>
-          <t>2025年11月11日</t>
+          <t>2025年01月17日</t>
+        </is>
+      </c>
+      <c r="D249" s="0" t="inlineStr">
+        <is>
+          <t>4902424432596</t>
+        </is>
+      </c>
+      <c r="E249" s="0" t="inlineStr">
+        <is>
+          <t>犬猫まわれ右粒剤　シトラスの香り</t>
+        </is>
+      </c>
+      <c r="F249" s="0" t="inlineStr">
+        <is>
+          <t>2012年02月02日</t>
         </is>
       </c>
       <c r="G249" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="250" spans="1:7">
       <c r="A250" s="0" t="inlineStr">
         <is>
-          <t>4957589030019</t>
+          <t>4902424426045</t>
         </is>
       </c>
       <c r="B250" s="0" t="inlineStr">
         <is>
-          <t>紳士ニットデザイン込み</t>
+          <t>カダン除草王オールキラー粒剤　2kg</t>
         </is>
       </c>
       <c r="C250" s="0" t="inlineStr">
         <is>
-          <t>2025年11月11日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D250" s="0" t="inlineStr">
+        <is>
+          <t>4902424450095</t>
+        </is>
+      </c>
+      <c r="E250" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王オールキラー粒剤</t>
+        </is>
+      </c>
+      <c r="F250" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月22日</t>
         </is>
       </c>
       <c r="G250" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="251" spans="1:7">
       <c r="A251" s="0" t="inlineStr">
         <is>
-          <t>4902741305498</t>
+          <t>4902424426069</t>
         </is>
       </c>
       <c r="B251" s="0" t="inlineStr">
         <is>
-          <t>ＵＳＢ充電式　プラズマアークライターミニＢＰ</t>
+          <t>カダン除草王オールキラー粒剤</t>
         </is>
       </c>
       <c r="C251" s="0" t="inlineStr">
         <is>
-          <t>2025年11月10日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D251" s="0" t="inlineStr">
+        <is>
+          <t>4902424450071</t>
+        </is>
+      </c>
+      <c r="E251" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王オールキラー粒剤</t>
+        </is>
+      </c>
+      <c r="F251" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
         </is>
       </c>
       <c r="G251" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="252" spans="1:7">
       <c r="A252" s="0" t="inlineStr">
         <is>
-          <t>4970883013533</t>
+          <t>4902424426076</t>
         </is>
       </c>
       <c r="B252" s="0" t="inlineStr">
         <is>
-          <t>デルガード鼻孔拡張テープベージュ２０枚</t>
+          <t>カダン除草王オールキラー粒剤　900g</t>
         </is>
       </c>
       <c r="C252" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2024年01月21日</t>
         </is>
       </c>
       <c r="D252" s="0" t="inlineStr">
         <is>
-          <t>4970883015971</t>
+          <t>4902424450088</t>
         </is>
       </c>
       <c r="E252" s="0" t="inlineStr">
         <is>
-          <t>デルガード鼻腔拡張テープ　ベージュタイプ</t>
+          <t>カダン除草王オールキラー粒剤</t>
         </is>
       </c>
       <c r="F252" s="0" t="inlineStr">
         <is>
-          <t>2025年10月01日</t>
+          <t>2024年01月24日</t>
         </is>
       </c>
       <c r="G252" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="253" spans="1:7">
       <c r="A253" s="0" t="inlineStr">
         <is>
-          <t>4987176195869</t>
+          <t>4902424426410</t>
         </is>
       </c>
       <c r="B253" s="0" t="inlineStr">
         <is>
-          <t>ウィスパーうすさら安心　１２０ｃｃ　１６枚　無香料</t>
+          <t>カダン除草王オールキラー粒剤　3kg</t>
         </is>
       </c>
       <c r="C253" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D253" s="0" t="inlineStr">
+        <is>
+          <t>4902424450101</t>
+        </is>
+      </c>
+      <c r="E253" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王オールキラー粒剤</t>
+        </is>
+      </c>
+      <c r="F253" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
         </is>
       </c>
       <c r="G253" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="254" spans="1:7">
       <c r="A254" s="0" t="inlineStr">
         <is>
-          <t>4987176195883</t>
+          <t>4902424433807</t>
         </is>
       </c>
       <c r="B254" s="0" t="inlineStr">
         <is>
-          <t>ウィスパーうすさら安心　８０ｃｃ　２０枚　無香料</t>
+          <t>カダン　アリカダン粉剤７００ｇ</t>
         </is>
       </c>
       <c r="C254" s="0" t="inlineStr">
         <is>
-          <t>2025年10月17日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D254" s="0" t="inlineStr">
+        <is>
+          <t>4902424450125</t>
+        </is>
+      </c>
+      <c r="E254" s="0" t="inlineStr">
+        <is>
+          <t>カダンアリカダン粉剤</t>
+        </is>
+      </c>
+      <c r="F254" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
         </is>
       </c>
       <c r="G254" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="255" spans="1:7">
       <c r="A255" s="0" t="inlineStr">
         <is>
-          <t>4976363122887</t>
+          <t>4902424433814</t>
         </is>
       </c>
       <c r="B255" s="0" t="inlineStr">
         <is>
-          <t>ラブリネス　ガーデンシロップ</t>
+          <t>カダン　アリカダン粉剤徳用１．２ｋｇ</t>
         </is>
       </c>
       <c r="C255" s="0" t="inlineStr">
         <is>
-          <t>2025年10月16日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D255" s="0" t="inlineStr">
+        <is>
+          <t>4902424450132</t>
+        </is>
+      </c>
+      <c r="E255" s="0" t="inlineStr">
+        <is>
+          <t>カダンアリカダン粉剤</t>
+        </is>
+      </c>
+      <c r="F255" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
         </is>
       </c>
       <c r="G255" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="256" spans="1:7">
       <c r="A256" s="0" t="inlineStr">
         <is>
-          <t>4902430341479</t>
+          <t>4902424440911</t>
         </is>
       </c>
       <c r="B256" s="0" t="inlineStr">
         <is>
-          <t>ファブリーズ　ナチュリス　ダマスクローズ＆ゼラニウム</t>
+          <t>虫よけ除草王2L</t>
         </is>
       </c>
       <c r="C256" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D256" s="0" t="inlineStr">
+        <is>
+          <t>4902424449990</t>
+        </is>
+      </c>
+      <c r="E256" s="0" t="inlineStr">
+        <is>
+          <t>カダン虫よけ除草王</t>
+        </is>
+      </c>
+      <c r="F256" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
         </is>
       </c>
       <c r="G256" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="257" spans="1:7">
       <c r="A257" s="0" t="inlineStr">
         <is>
-          <t>4903301351436</t>
+          <t>4902424440928</t>
         </is>
       </c>
       <c r="B257" s="0" t="inlineStr">
         <is>
-          <t>業務用　ＮＡＮＯＸ　Ｏｎｅ　スタンダード</t>
+          <t>虫よけ除草王１０００ＭＬ</t>
         </is>
       </c>
       <c r="C257" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D257" s="0" t="inlineStr">
+        <is>
+          <t>4902424449983</t>
+        </is>
+      </c>
+      <c r="E257" s="0" t="inlineStr">
+        <is>
+          <t>カダン虫よけ除草王</t>
+        </is>
+      </c>
+      <c r="F257" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
         </is>
       </c>
       <c r="G257" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="258" spans="1:7">
       <c r="A258" s="0" t="inlineStr">
         <is>
-          <t>4987205286711</t>
+          <t>4902424444636</t>
         </is>
       </c>
       <c r="B258" s="0" t="inlineStr">
         <is>
-          <t>シエロ　デザイニングカラー　ローズピンク</t>
+          <t>カダン除草王ビネガ－キラ－2L</t>
         </is>
       </c>
       <c r="C258" s="0" t="inlineStr">
         <is>
-          <t>2025年10月15日</t>
+          <t>2024年01月21日</t>
+        </is>
+      </c>
+      <c r="D258" s="0" t="inlineStr">
+        <is>
+          <t>4902424450033</t>
+        </is>
+      </c>
+      <c r="E258" s="0" t="inlineStr">
+        <is>
+          <t>カダン除草王ビネガーキラー</t>
+        </is>
+      </c>
+      <c r="F258" s="0" t="inlineStr">
+        <is>
+          <t>2024年01月24日</t>
         </is>
       </c>
       <c r="G258" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="259" spans="1:7">
       <c r="A259" s="0" t="inlineStr">
         <is>
-          <t>4548514153233</t>
+          <t>4548514062146</t>
         </is>
       </c>
       <c r="B259" s="0" t="inlineStr">
         <is>
-          <t>バスクリン　薬湯　じんわり保温感</t>
+          <t>きき湯清涼炭酸湯　レモンの香り　３６０ｇ</t>
         </is>
       </c>
       <c r="C259" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2023年07月31日</t>
+        </is>
+      </c>
+      <c r="D259" s="0" t="inlineStr">
+        <is>
+          <t>4548514062177</t>
+        </is>
+      </c>
+      <c r="E259" s="0" t="inlineStr">
+        <is>
+          <t>きき湯清涼炭酸湯　さわやかレモンの香り　３６０ｇ</t>
+        </is>
+      </c>
+      <c r="F259" s="0" t="inlineStr">
+        <is>
+          <t>2024年03月12日</t>
         </is>
       </c>
       <c r="G259" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="260" spans="1:7">
       <c r="A260" s="0" t="inlineStr">
         <is>
-          <t>4548514158641</t>
+          <t>4548514062108</t>
         </is>
       </c>
       <c r="B260" s="0" t="inlineStr">
         <is>
-          <t>発泡の素</t>
+          <t>きき湯清涼炭酸湯　ミント＆ライムの香り　３０ｇ</t>
         </is>
       </c>
       <c r="C260" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2023年03月31日</t>
+        </is>
+      </c>
+      <c r="D260" s="0" t="inlineStr">
+        <is>
+          <t>4548514062160</t>
+        </is>
+      </c>
+      <c r="E260" s="0" t="inlineStr">
+        <is>
+          <t>きき湯清涼炭酸湯　レモンの香り　３０ｇ</t>
+        </is>
+      </c>
+      <c r="F260" s="0" t="inlineStr">
+        <is>
+          <t>2023年03月07日</t>
         </is>
       </c>
       <c r="G260" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="261" spans="1:7">
       <c r="A261" s="0" t="inlineStr">
         <is>
-          <t>4964596406577</t>
+          <t>4906156801873</t>
         </is>
       </c>
       <c r="B261" s="0" t="inlineStr">
         <is>
-          <t>サナ　なめらか本舗　薬用リンクルジェル　ホワイト</t>
+          <t>ミューズメン石鹸</t>
         </is>
       </c>
       <c r="C261" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2023年03月20日</t>
         </is>
       </c>
       <c r="G261" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="262" spans="1:7">
       <c r="A262" s="0" t="inlineStr">
         <is>
-          <t>4964596700699</t>
+          <t>4548514062085</t>
         </is>
       </c>
       <c r="B262" s="0" t="inlineStr">
         <is>
-          <t>サナ　素肌記念日　薬用美白　フェイクヌードクリーム　ホワイトティーの香り</t>
+          <t>きき湯涼炭酸湯　ミント＆ライムの香り　つめかえ用　４８０ｇ</t>
         </is>
       </c>
       <c r="C262" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2022年08月24日</t>
+        </is>
+      </c>
+      <c r="D262" s="0" t="inlineStr">
+        <is>
+          <t>4548514062153</t>
+        </is>
+      </c>
+      <c r="E262" s="0" t="inlineStr">
+        <is>
+          <t>きき湯涼炭酸湯　レモンの香り　つめかえ用　４８０ｇ</t>
+        </is>
+      </c>
+      <c r="F262" s="0" t="inlineStr">
+        <is>
+          <t>2023年03月07日</t>
         </is>
       </c>
       <c r="G262" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="263" spans="1:7">
       <c r="A263" s="0" t="inlineStr">
         <is>
-          <t>4964596701078</t>
+          <t>4548514510746</t>
         </is>
       </c>
       <c r="B263" s="0" t="inlineStr">
         <is>
-          <t>サナ　ニューボーン　パウダリーペンシルブロウＥＸ　０５</t>
+          <t>モウガインセント育毛トニック無香料</t>
         </is>
       </c>
       <c r="C263" s="0" t="inlineStr">
         <is>
-          <t>2025年10月14日</t>
+          <t>2022年03月31日</t>
+        </is>
+      </c>
+      <c r="D263" s="0" t="inlineStr">
+        <is>
+          <t>4548514511293</t>
+        </is>
+      </c>
+      <c r="E263" s="0" t="inlineStr">
+        <is>
+          <t>インセント　薬用育毛トニック　無香料</t>
+        </is>
+      </c>
+      <c r="F263" s="0" t="inlineStr">
+        <is>
+          <t>2022年02月22日</t>
         </is>
       </c>
       <c r="G263" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="264" spans="1:7">
       <c r="A264" s="0" t="inlineStr">
         <is>
-          <t>4548514154452</t>
+          <t>4548514510760</t>
         </is>
       </c>
       <c r="B264" s="0" t="inlineStr">
         <is>
-          <t>きき湯ファインヒート　グレープフルーツの香り</t>
+          <t>モウガインセントトニックプレミアムクール</t>
         </is>
       </c>
       <c r="C264" s="0" t="inlineStr">
         <is>
-          <t>2025年10月10日</t>
+          <t>2022年03月31日</t>
+        </is>
+      </c>
+      <c r="D264" s="0" t="inlineStr">
+        <is>
+          <t>4548514511309</t>
+        </is>
+      </c>
+      <c r="E264" s="0" t="inlineStr">
+        <is>
+          <t>インセント　薬用育毛トニック　無香料　プレミアムクール</t>
+        </is>
+      </c>
+      <c r="F264" s="0" t="inlineStr">
+        <is>
+          <t>2022年02月22日</t>
         </is>
       </c>
       <c r="G264" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="265" spans="1:7">
       <c r="A265" s="0" t="inlineStr">
         <is>
-          <t>4902050444611</t>
+          <t>4548514510784</t>
         </is>
       </c>
       <c r="B265" s="0" t="inlineStr">
         <is>
-          <t>ランドリークラブ　洗濯槽クリーナー</t>
+          <t>新モウガインセント薬用育毛トニック無香料</t>
         </is>
       </c>
       <c r="C265" s="0" t="inlineStr">
         <is>
-          <t>2025年10月10日</t>
+          <t>2022年03月31日</t>
+        </is>
+      </c>
+      <c r="D265" s="0" t="inlineStr">
+        <is>
+          <t>4548514511323</t>
+        </is>
+      </c>
+      <c r="E265" s="0" t="inlineStr">
+        <is>
+          <t>インセント　薬用育毛トニック　無香料</t>
+        </is>
+      </c>
+      <c r="F265" s="0" t="inlineStr">
+        <is>
+          <t>2022年02月22日</t>
         </is>
       </c>
       <c r="G265" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="266" spans="1:7">
       <c r="A266" s="0" t="inlineStr">
         <is>
-          <t>8809709230938</t>
+          <t>4548514510791</t>
         </is>
       </c>
       <c r="B266" s="0" t="inlineStr">
         <is>
-          <t>マジックプレスＭＪＰ＿１７０ＣＦ　ミスティコーラル</t>
+          <t>新モウガインセント育毛トニックプレミアムクール</t>
         </is>
       </c>
       <c r="C266" s="0" t="inlineStr">
         <is>
-          <t>2025年10月10日</t>
+          <t>2022年03月31日</t>
+        </is>
+      </c>
+      <c r="D266" s="0" t="inlineStr">
+        <is>
+          <t>4548514511330</t>
+        </is>
+      </c>
+      <c r="E266" s="0" t="inlineStr">
+        <is>
+          <t>インセント　薬用育毛トニック　無香料　プレミアムクール</t>
+        </is>
+      </c>
+      <c r="F266" s="0" t="inlineStr">
+        <is>
+          <t>2022年02月22日</t>
         </is>
       </c>
       <c r="G266" s="0" t="inlineStr">
         <is>
-          <t>2025年11月19日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="267" spans="1:7">
       <c r="A267" s="0" t="inlineStr">
         <is>
-          <t>4548404201426</t>
+          <t>4548514511217</t>
         </is>
       </c>
       <c r="B267" s="0" t="inlineStr">
         <is>
-          <t>背中美女　ボディタオル　ピンク</t>
+          <t>インセント　薬用育毛トニック　微香性</t>
         </is>
       </c>
       <c r="C267" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2022年03月31日</t>
         </is>
       </c>
       <c r="D267" s="0" t="inlineStr">
         <is>
-          <t>4548404201792</t>
+          <t>4548514511316</t>
         </is>
       </c>
       <c r="E267" s="0" t="inlineStr">
         <is>
-          <t>背中美女</t>
+          <t>インセント　薬用育毛トニック　微香性</t>
         </is>
       </c>
       <c r="F267" s="0" t="inlineStr">
         <is>
-          <t>2025年11月04日</t>
+          <t>2022年02月22日</t>
         </is>
       </c>
       <c r="G267" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="268" spans="1:7">
       <c r="A268" s="0" t="inlineStr">
         <is>
-          <t>4573544040017</t>
+          <t>4548514511224</t>
         </is>
       </c>
       <c r="B268" s="0" t="inlineStr">
         <is>
-          <t>ゴキすぅ―ぽん　１個</t>
+          <t>インセント 薬用育毛トニック 微香性</t>
         </is>
       </c>
       <c r="C268" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2022年02月08日</t>
+        </is>
+      </c>
+      <c r="D268" s="0" t="inlineStr">
+        <is>
+          <t>4548514511347</t>
+        </is>
+      </c>
+      <c r="E268" s="0" t="inlineStr">
+        <is>
+          <t>インセント　薬用育毛トニック　微香性</t>
+        </is>
+      </c>
+      <c r="F268" s="0" t="inlineStr">
+        <is>
+          <t>2022年02月22日</t>
         </is>
       </c>
       <c r="G268" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="269" spans="1:7">
       <c r="A269" s="0" t="inlineStr">
         <is>
-          <t>4573544040062</t>
+          <t>4548514061804</t>
         </is>
       </c>
       <c r="B269" s="0" t="inlineStr">
         <is>
-          <t>ゴキすぅ～ぽん　３個</t>
+          <t>きき湯清涼炭酸湯　ミントの香り</t>
         </is>
       </c>
       <c r="C269" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2021年03月31日</t>
+        </is>
+      </c>
+      <c r="D269" s="0" t="inlineStr">
+        <is>
+          <t>4548514062061</t>
+        </is>
+      </c>
+      <c r="E269" s="0" t="inlineStr">
+        <is>
+          <t>きき湯清涼炭酸湯　ミント＆ライムの香り　３６０Ｇ</t>
+        </is>
+      </c>
+      <c r="F269" s="0" t="inlineStr">
+        <is>
+          <t>2021年03月09日</t>
         </is>
       </c>
       <c r="G269" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="270" spans="1:7">
       <c r="A270" s="0" t="inlineStr">
         <is>
-          <t>4580788530013</t>
+          <t>4548514154353</t>
         </is>
       </c>
       <c r="B270" s="0" t="inlineStr">
         <is>
-          <t>スーパーナノバブルトルネーダＳＰ　洗濯機用　１個</t>
+          <t>バスクリン メディカルAD 分包40g</t>
         </is>
       </c>
       <c r="C270" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2021年03月31日</t>
+        </is>
+      </c>
+      <c r="D270" s="0" t="inlineStr">
+        <is>
+          <t>4548514154964</t>
+        </is>
+      </c>
+      <c r="E270" s="0" t="inlineStr">
+        <is>
+          <t>バスクリンメディカルＡＤ　分包　４０Ｇ</t>
+        </is>
+      </c>
+      <c r="F270" s="0" t="inlineStr">
+        <is>
+          <t>2021年03月09日</t>
         </is>
       </c>
       <c r="G270" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="271" spans="1:7">
       <c r="A271" s="0" t="inlineStr">
         <is>
-          <t>4589478260261</t>
+          <t>4548514139121</t>
         </is>
       </c>
       <c r="B271" s="0" t="inlineStr">
         <is>
-          <t>ルース　スパークリングシャンプー</t>
+          <t>きき湯ファインヒート レモングラスの香り 400g</t>
         </is>
       </c>
       <c r="C271" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2020年09月30日</t>
+        </is>
+      </c>
+      <c r="D271" s="0" t="inlineStr">
+        <is>
+          <t>4548514154469</t>
+        </is>
+      </c>
+      <c r="E271" s="0" t="inlineStr">
+        <is>
+          <t>きき湯ファインヒート　レモングラスの香り</t>
+        </is>
+      </c>
+      <c r="F271" s="0" t="inlineStr">
+        <is>
+          <t>2020年08月21日</t>
         </is>
       </c>
       <c r="G271" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="272" spans="1:7">
       <c r="A272" s="0" t="inlineStr">
         <is>
-          <t>4589478260308</t>
+          <t>4548514139169</t>
         </is>
       </c>
       <c r="B272" s="0" t="inlineStr">
         <is>
-          <t>ルース　シャンプーバー</t>
+          <t>きき湯ファインヒート レモングラスの香り 50g</t>
         </is>
       </c>
       <c r="C272" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2020年09月30日</t>
+        </is>
+      </c>
+      <c r="D272" s="0" t="inlineStr">
+        <is>
+          <t>4548514154544</t>
+        </is>
+      </c>
+      <c r="E272" s="0" t="inlineStr">
+        <is>
+          <t>きき湯ファインヒート　レモングラスの香り</t>
+        </is>
+      </c>
+      <c r="F272" s="0" t="inlineStr">
+        <is>
+          <t>2020年08月21日</t>
         </is>
       </c>
       <c r="G272" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="273" spans="1:7">
       <c r="A273" s="0" t="inlineStr">
         <is>
-          <t>4589478260346</t>
+          <t>4548514153677</t>
         </is>
       </c>
       <c r="B273" s="0" t="inlineStr">
         <is>
-          <t>リホーム　ミクロクレンザー</t>
+          <t>きき湯ファインヒート リセットナイト 400g</t>
         </is>
       </c>
       <c r="C273" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2020年09月30日</t>
+        </is>
+      </c>
+      <c r="D273" s="0" t="inlineStr">
+        <is>
+          <t>4548514154438</t>
+        </is>
+      </c>
+      <c r="E273" s="0" t="inlineStr">
+        <is>
+          <t>きき湯ファインヒート　リセットナイト</t>
+        </is>
+      </c>
+      <c r="F273" s="0" t="inlineStr">
+        <is>
+          <t>2020年08月21日</t>
         </is>
       </c>
       <c r="G273" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月20日</t>
         </is>
       </c>
     </row>
     <row r="274" spans="1:7">
       <c r="A274" s="0" t="inlineStr">
         <is>
-          <t>4901080045515</t>
+          <t>4548514157392</t>
         </is>
       </c>
       <c r="B274" s="0" t="inlineStr">
         <is>
-          <t>アースガーデン　ハイパーお庭の虫コロリ　速効撃滅ジェット</t>
+          <t>きき湯とアヒル隊長　大冒険セット</t>
         </is>
       </c>
       <c r="C274" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G274" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月13日</t>
         </is>
       </c>
     </row>
     <row r="275" spans="1:7">
       <c r="A275" s="0" t="inlineStr">
         <is>
-          <t>4902125150027</t>
+          <t>4548514158511</t>
         </is>
       </c>
       <c r="B275" s="0" t="inlineStr">
         <is>
-          <t>プレミアム毎日香　アクア　大型バラ詰</t>
+          <t>ＣＲＡＦＴ　ＢＡＴＨ（クラフトバス）　やさしいラベンダーの香り</t>
         </is>
       </c>
       <c r="C275" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G275" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月13日</t>
         </is>
       </c>
     </row>
     <row r="276" spans="1:7">
       <c r="A276" s="0" t="inlineStr">
         <is>
-          <t>4902125263451</t>
+          <t>4548514158528</t>
         </is>
       </c>
       <c r="B276" s="0" t="inlineStr">
         <is>
-          <t>かたりべラベンダー／白梅　進物　４箱入　化粧箱入</t>
+          <t>ＣＲＡＦＴ　ＢＡＴＨ（クラフトバス）　ほんのり甘いオレンジ＆ライムの香り</t>
         </is>
       </c>
       <c r="C276" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G276" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月13日</t>
         </is>
       </c>
     </row>
     <row r="277" spans="1:7">
       <c r="A277" s="0" t="inlineStr">
         <is>
-          <t>4902125266032</t>
+          <t>4548514158535</t>
         </is>
       </c>
       <c r="B277" s="0" t="inlineStr">
         <is>
-          <t>やさしい時間　朝のアールグレイティーの香り　バラ詰</t>
+          <t>ＣＲＡＦＴ　ＢＡＴＨ（クラフトバス）　すっきり爽やかレモングラスの香り</t>
         </is>
       </c>
       <c r="C277" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G277" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月13日</t>
         </is>
       </c>
     </row>
     <row r="278" spans="1:7">
       <c r="A278" s="0" t="inlineStr">
         <is>
-          <t>4902125520653</t>
+          <t>4548514159440</t>
         </is>
       </c>
       <c r="B278" s="0" t="inlineStr">
         <is>
-          <t>エスプリドナチュールプラム　リキッドエアーフレッシュナー</t>
+          <t>ナイトアソート</t>
         </is>
       </c>
       <c r="C278" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G278" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月13日</t>
         </is>
       </c>
     </row>
     <row r="279" spans="1:7">
       <c r="A279" s="0" t="inlineStr">
         <is>
-          <t>4902125520677</t>
+          <t>4548514511460</t>
         </is>
       </c>
       <c r="B279" s="0" t="inlineStr">
         <is>
-          <t>エスプリ　ド　ナチュール　ツバキリキッド</t>
+          <t>インセント　スカルプ泡シャンプー</t>
         </is>
       </c>
       <c r="C279" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G279" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月13日</t>
         </is>
       </c>
     </row>
     <row r="280" spans="1:7">
       <c r="A280" s="0" t="inlineStr">
         <is>
-          <t>4902125667396</t>
+          <t>4548514511477</t>
         </is>
       </c>
       <c r="B280" s="0" t="inlineStr">
         <is>
-          <t>香伝　花の香り　サック２種入</t>
+          <t>インセント　薬用育毛トニック　スカルプモイスチャー</t>
         </is>
       </c>
       <c r="C280" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年02月28日</t>
         </is>
       </c>
       <c r="G280" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月13日</t>
         </is>
       </c>
     </row>
     <row r="281" spans="1:7">
       <c r="A281" s="0" t="inlineStr">
         <is>
-          <t>4902125955158</t>
+          <t>4973202501216</t>
         </is>
       </c>
       <c r="B281" s="0" t="inlineStr">
         <is>
-          <t>毎日ローソク　小３号</t>
+          <t>コットン・ラボ　コットンのラクごこちマスク小さめサイズ７マイ</t>
         </is>
       </c>
       <c r="C281" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年01月19日</t>
         </is>
       </c>
       <c r="G281" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月13日</t>
         </is>
       </c>
     </row>
     <row r="282" spans="1:7">
       <c r="A282" s="0" t="inlineStr">
         <is>
-          <t>4902125955196</t>
+          <t>4549660929802</t>
         </is>
       </c>
       <c r="B282" s="0" t="inlineStr">
         <is>
-          <t>毎日ローソク　小７．５号</t>
+          <t>キャラマスク大容量　ちいかわ</t>
         </is>
       </c>
       <c r="C282" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年01月16日</t>
         </is>
       </c>
       <c r="G282" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月13日</t>
         </is>
       </c>
     </row>
     <row r="283" spans="1:7">
       <c r="A283" s="0" t="inlineStr">
         <is>
-          <t>4902393750578</t>
+          <t>4973202611854</t>
         </is>
       </c>
       <c r="B283" s="0" t="inlineStr">
         <is>
-          <t>ＧＶＮ１９　西宮市その他プラ　とって１５Ｌ　ｎｏｃｏｏ　ｉｎ</t>
+          <t>除菌セフティハンター携帯用１０枚６個パック</t>
         </is>
       </c>
       <c r="C283" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年01月31日</t>
         </is>
       </c>
       <c r="G283" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="284" spans="1:7">
       <c r="A284" s="0" t="inlineStr">
         <is>
-          <t>4902393750585</t>
+          <t>4901234305663</t>
         </is>
       </c>
       <c r="B284" s="0" t="inlineStr">
         <is>
-          <t>ＧＶＮ３１　西宮市その他プラ　とって３０Ｌ　ｎｏｃｏｏ　ｉｎ</t>
+          <t>プロカリテ　縮毛ジュレ　ミニ</t>
         </is>
       </c>
       <c r="C284" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年01月30日</t>
         </is>
       </c>
       <c r="G284" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="285" spans="1:7">
       <c r="A285" s="0" t="inlineStr">
         <is>
-          <t>4902393750592</t>
+          <t>4901234305816</t>
         </is>
       </c>
       <c r="B285" s="0" t="inlineStr">
         <is>
-          <t>ＧＶＮ４３　西宮市その他プラ　４５Ｌ　ｎｏｃｏｏ　ｉｎ</t>
+          <t>プロカリテ　ヘアメンテナンスエマルジョン</t>
         </is>
       </c>
       <c r="C285" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年01月30日</t>
         </is>
       </c>
       <c r="G285" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="286" spans="1:7">
       <c r="A286" s="0" t="inlineStr">
         <is>
-          <t>4935959041117</t>
+          <t>4901234388116</t>
         </is>
       </c>
       <c r="B286" s="0" t="inlineStr">
         <is>
-          <t>暁　せっけんクレンザー</t>
+          <t>オーマイイージー　デイリートナーパッド</t>
         </is>
       </c>
       <c r="C286" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年01月30日</t>
         </is>
       </c>
       <c r="G286" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="287" spans="1:7">
       <c r="A287" s="0" t="inlineStr">
         <is>
-          <t>4944109316289</t>
+          <t>4901234388123</t>
         </is>
       </c>
       <c r="B287" s="0" t="inlineStr">
         <is>
-          <t>レイヤースタイルマスク　個別包装　アッシュグレー</t>
+          <t>オーマイイージーデイリーポイントケアパッドＭＯ</t>
         </is>
       </c>
       <c r="C287" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年01月30日</t>
         </is>
       </c>
       <c r="G287" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="288" spans="1:7">
       <c r="A288" s="0" t="inlineStr">
         <is>
-          <t>4944109316296</t>
+          <t>4901405006429</t>
         </is>
       </c>
       <c r="B288" s="0" t="inlineStr">
         <is>
-          <t>レイヤースタイルマスク　個別包装　ミルキーベージュ</t>
+          <t>香りの記憶蜜柑バラ詰</t>
         </is>
       </c>
       <c r="C288" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年01月30日</t>
         </is>
       </c>
       <c r="G288" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="289" spans="1:7">
       <c r="A289" s="0" t="inlineStr">
         <is>
-          <t>4944109316777</t>
+          <t>4901417615718</t>
         </is>
       </c>
       <c r="B289" s="0" t="inlineStr">
         <is>
-          <t>耳が痛くなりにくいＫＵＲＯＭＡＳＫ</t>
+          <t>いち髪　なめらかスムースケア　トリートメント</t>
         </is>
       </c>
       <c r="C289" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D289" s="0" t="inlineStr">
+        <is>
+          <t>4901417619457</t>
+        </is>
+      </c>
+      <c r="E289" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　なめらかスムースケア　トリートメント</t>
+        </is>
+      </c>
+      <c r="F289" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G289" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="290" spans="1:7">
       <c r="A290" s="0" t="inlineStr">
         <is>
-          <t>4944109316784</t>
+          <t>4901417615725</t>
         </is>
       </c>
       <c r="B290" s="0" t="inlineStr">
         <is>
-          <t>耳が痛くなりにくいＧＲＡＹＭＡＳＫ</t>
+          <t>いち髪　濃密Ｗ保湿ケア　トリートメント</t>
         </is>
       </c>
       <c r="C290" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D290" s="0" t="inlineStr">
+        <is>
+          <t>4901417619464</t>
+        </is>
+      </c>
+      <c r="E290" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケア　トリートメント</t>
+        </is>
+      </c>
+      <c r="F290" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G290" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="291" spans="1:7">
       <c r="A291" s="0" t="inlineStr">
         <is>
-          <t>4970207120794</t>
+          <t>4901417615787</t>
         </is>
       </c>
       <c r="B291" s="0" t="inlineStr">
         <is>
-          <t>くまモンのプリント１２ロール　ダブル</t>
+          <t>いち髪　ダメージリペア＆カラーケア　トリートメント</t>
         </is>
       </c>
       <c r="C291" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D291" s="0" t="inlineStr">
+        <is>
+          <t>4901417619471</t>
+        </is>
+      </c>
+      <c r="E291" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　トリートメント</t>
+        </is>
+      </c>
+      <c r="F291" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G291" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="292" spans="1:7">
       <c r="A292" s="0" t="inlineStr">
         <is>
-          <t>4973202304503</t>
+          <t>4901417722416</t>
         </is>
       </c>
       <c r="B292" s="0" t="inlineStr">
         <is>
-          <t>美容成分をはさんだとけだすスキンケアコットンビタミンＣ　ｉｎ</t>
+          <t>いち髪　なめらかスムースケアシャンプー　ポンプ</t>
         </is>
       </c>
       <c r="C292" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D292" s="0" t="inlineStr">
+        <is>
+          <t>4901417723819</t>
+        </is>
+      </c>
+      <c r="E292" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　なめらかスムースケア　シャンプー　ポンプ</t>
+        </is>
+      </c>
+      <c r="F292" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G292" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="293" spans="1:7">
       <c r="A293" s="0" t="inlineStr">
         <is>
-          <t>4973202801071</t>
+          <t>4901417722423</t>
         </is>
       </c>
       <c r="B293" s="0" t="inlineStr">
         <is>
-          <t>ダスポン排水口用</t>
+          <t>いち髪　なめらかスムースケアコンディショナー　ポンプ</t>
         </is>
       </c>
       <c r="C293" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D293" s="0" t="inlineStr">
+        <is>
+          <t>4901417723826</t>
+        </is>
+      </c>
+      <c r="E293" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　なめらかスムースケア　コンディショナー　ポンプ</t>
+        </is>
+      </c>
+      <c r="F293" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G293" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="294" spans="1:7">
       <c r="A294" s="0" t="inlineStr">
         <is>
-          <t>4971825017404</t>
+          <t>4901417722430</t>
         </is>
       </c>
       <c r="B294" s="0" t="inlineStr">
         <is>
-          <t>デオナチュレ　直ヌリジェル石けん</t>
+          <t>いち髪　濃密Ｗ保湿ケアシャンプー　ポンプ</t>
         </is>
       </c>
       <c r="C294" s="0" t="inlineStr">
         <is>
-          <t>2025年12月19日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D294" s="0" t="inlineStr">
+        <is>
+          <t>4901417723833</t>
+        </is>
+      </c>
+      <c r="E294" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケア　シャンプー　ポンプ</t>
+        </is>
+      </c>
+      <c r="F294" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G294" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="295" spans="1:7">
       <c r="A295" s="0" t="inlineStr">
         <is>
-          <t>4550309270094</t>
+          <t>4901417722447</t>
         </is>
       </c>
       <c r="B295" s="0" t="inlineStr">
         <is>
-          <t>スコッチ・ブライト　抗菌ウレタンスポンジたわしＳスリムサイズ　Ｓ－２５ＫＳ</t>
+          <t>いち髪　濃密Ｗ保湿ケアコンディショナー　ポンプ</t>
         </is>
       </c>
       <c r="C295" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D295" s="0" t="inlineStr">
+        <is>
+          <t>4901417723840</t>
+        </is>
+      </c>
+      <c r="E295" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケア　コンディショナー　ポンプ</t>
+        </is>
+      </c>
+      <c r="F295" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G295" s="0" t="inlineStr">
         <is>
-          <t>2025年11月05日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="296" spans="1:7">
       <c r="A296" s="0" t="inlineStr">
         <is>
-          <t>4902125106017</t>
+          <t>4901417722515</t>
         </is>
       </c>
       <c r="B296" s="0" t="inlineStr">
         <is>
-          <t>毎日香　進物型サック６入　包装品</t>
+          <t>いち髪　なめらかスムースケアシャンプー　詰替用</t>
         </is>
       </c>
       <c r="C296" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D296" s="0" t="inlineStr">
+        <is>
+          <t>4901417723918</t>
+        </is>
+      </c>
+      <c r="E296" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　なめらかスムースケア　シャンプー　詰替用</t>
+        </is>
+      </c>
+      <c r="F296" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G296" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="297" spans="1:7">
       <c r="A297" s="0" t="inlineStr">
         <is>
-          <t>4902125141001</t>
+          <t>4901417722522</t>
         </is>
       </c>
       <c r="B297" s="0" t="inlineStr">
         <is>
-          <t>山水香　大把　＃１４１</t>
+          <t>いち髪　なめらかスムースケアコンディショナー詰替用</t>
         </is>
       </c>
       <c r="C297" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D297" s="0" t="inlineStr">
+        <is>
+          <t>4901417723925</t>
+        </is>
+      </c>
+      <c r="E297" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　なめらかスムースケア　コンディショナー　詰替用</t>
+        </is>
+      </c>
+      <c r="F297" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G297" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="298" spans="1:7">
       <c r="A298" s="0" t="inlineStr">
         <is>
-          <t>4902125145009</t>
+          <t>4901417722539</t>
         </is>
       </c>
       <c r="B298" s="0" t="inlineStr">
         <is>
-          <t>山水香　バラ詰</t>
+          <t>いち髪　濃密Ｗ保湿ケアシャンプー　詰替用</t>
         </is>
       </c>
       <c r="C298" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D298" s="0" t="inlineStr">
+        <is>
+          <t>4901417723932</t>
+        </is>
+      </c>
+      <c r="E298" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケア　シャンプー　詰替用</t>
+        </is>
+      </c>
+      <c r="F298" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G298" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="299" spans="1:7">
       <c r="A299" s="0" t="inlineStr">
         <is>
-          <t>4902125390003</t>
+          <t>4901417722546</t>
         </is>
       </c>
       <c r="B299" s="0" t="inlineStr">
         <is>
-          <t>ＲＯＯＭＹ１２ＡＳ／ＣＯＮＥＳ</t>
+          <t>いち髪　濃密Ｗ保湿ケアコンディショナー　詰替用</t>
         </is>
       </c>
       <c r="C299" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D299" s="0" t="inlineStr">
+        <is>
+          <t>4901417723949</t>
+        </is>
+      </c>
+      <c r="E299" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケア　コンディショナー　詰替用</t>
+        </is>
+      </c>
+      <c r="F299" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G299" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="300" spans="1:7">
       <c r="A300" s="0" t="inlineStr">
         <is>
-          <t>4902125617001</t>
+          <t>4901417722614</t>
         </is>
       </c>
       <c r="B300" s="0" t="inlineStr">
         <is>
-          <t>瑞雲　塗箱短寸</t>
+          <t>いち髪　なめらかスムースケアシャンプー詰替用２回分</t>
         </is>
       </c>
       <c r="C300" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年01月30日</t>
         </is>
       </c>
       <c r="D300" s="0" t="inlineStr">
         <is>
-          <t>4902125617049</t>
+          <t>4901417724014</t>
         </is>
       </c>
       <c r="E300" s="0" t="inlineStr">
         <is>
-          <t>瑞雲　塗箱短寸１０入</t>
+          <t>いち髪　なめらかスムースケア　シャンプー　詰替用２回分</t>
         </is>
       </c>
       <c r="F300" s="0" t="inlineStr">
         <is>
-          <t>2024年06月21日</t>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G300" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="301" spans="1:7">
       <c r="A301" s="0" t="inlineStr">
         <is>
-          <t>4902125893139</t>
+          <t>4901417722621</t>
         </is>
       </c>
       <c r="B301" s="0" t="inlineStr">
         <is>
-          <t>アロマベラ　エッセンシャルオイル　シナジー　エナジー　１０ｍｌ</t>
+          <t>いち髪　なめらかスムースケアコンディショナー詰替用２回分</t>
         </is>
       </c>
       <c r="C301" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D301" s="0" t="inlineStr">
+        <is>
+          <t>4901417724021</t>
+        </is>
+      </c>
+      <c r="E301" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　なめらかスムースケア　コンディショナー　詰替用２回分</t>
+        </is>
+      </c>
+      <c r="F301" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G301" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="302" spans="1:7">
       <c r="A302" s="0" t="inlineStr">
         <is>
-          <t>4902125893146</t>
+          <t>4901417722638</t>
         </is>
       </c>
       <c r="B302" s="0" t="inlineStr">
         <is>
-          <t>アロマベラ　エッセンシャルオイル　シナジー　ボディートーン　１０ｍｌ</t>
+          <t>いち髪　濃密Ｗ保湿ケアシャンプー詰替用２回分</t>
         </is>
       </c>
       <c r="C302" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D302" s="0" t="inlineStr">
+        <is>
+          <t>4901417724038</t>
+        </is>
+      </c>
+      <c r="E302" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケア　シャンプー　詰替用２回分</t>
+        </is>
+      </c>
+      <c r="F302" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G302" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="303" spans="1:7">
       <c r="A303" s="0" t="inlineStr">
         <is>
-          <t>4902125893153</t>
+          <t>4901417722645</t>
         </is>
       </c>
       <c r="B303" s="0" t="inlineStr">
         <is>
-          <t>アロマベラ　エッセンシャルオイル　シナジー　レストフルナイト</t>
+          <t>いち髪　濃密Ｗ保湿ケアコンディショナー詰替用２回分</t>
         </is>
       </c>
       <c r="C303" s="0" t="inlineStr">
         <is>
-          <t>2025年11月30日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D303" s="0" t="inlineStr">
+        <is>
+          <t>4901417724045</t>
+        </is>
+      </c>
+      <c r="E303" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　濃密Ｗ保湿ケア　コンディショナー　詰替用２回分</t>
+        </is>
+      </c>
+      <c r="F303" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G303" s="0" t="inlineStr">
         <is>
-          <t>2025年10月27日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="304" spans="1:7">
       <c r="A304" s="0" t="inlineStr">
         <is>
-          <t>4903301348894</t>
+          <t>4901417723314</t>
         </is>
       </c>
       <c r="B304" s="0" t="inlineStr">
         <is>
-          <t>業務用　プロ用リードペーパー１００　中サイズ</t>
+          <t>いち髪　ダメージリペア＆カラーケア　シャンプー　ポンプ</t>
         </is>
       </c>
       <c r="C304" s="0" t="inlineStr">
         <is>
-          <t>2026年01月31日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D304" s="0" t="inlineStr">
+        <is>
+          <t>4901417723857</t>
+        </is>
+      </c>
+      <c r="E304" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　シャンプー　ポンプ</t>
+        </is>
+      </c>
+      <c r="F304" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G304" s="0" t="inlineStr">
         <is>
-          <t>2025年10月09日</t>
+          <t>2026年01月06日</t>
         </is>
       </c>
     </row>
     <row r="305" spans="1:7">
       <c r="A305" s="0" t="inlineStr">
         <is>
-          <t>4524963011157</t>
+          <t>4901417723321</t>
         </is>
       </c>
       <c r="B305" s="0" t="inlineStr">
         <is>
-          <t>業務用ダイヤモンドパッド　シート＆ホルダーセット</t>
+          <t>いち髪　ダメージリペア＆カラーケア　コンディショナー　ポンプ</t>
         </is>
       </c>
       <c r="C305" s="0" t="inlineStr">
         <is>
-          <t>2025年12月31日</t>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D305" s="0" t="inlineStr">
+        <is>
+          <t>4901417723864</t>
+        </is>
+      </c>
+      <c r="E305" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　コンディショナー　ポンプ</t>
+        </is>
+      </c>
+      <c r="F305" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
         </is>
       </c>
       <c r="G305" s="0" t="inlineStr">
         <is>
-          <t>2025年07月22日</t>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="306" spans="1:7">
+      <c r="A306" s="0" t="inlineStr">
+        <is>
+          <t>4901417723338</t>
+        </is>
+      </c>
+      <c r="B306" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　シャンプー　詰替用</t>
+        </is>
+      </c>
+      <c r="C306" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D306" s="0" t="inlineStr">
+        <is>
+          <t>4901417723956</t>
+        </is>
+      </c>
+      <c r="E306" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　シャンプー　詰替用</t>
+        </is>
+      </c>
+      <c r="F306" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G306" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="307" spans="1:7">
+      <c r="A307" s="0" t="inlineStr">
+        <is>
+          <t>4901417723345</t>
+        </is>
+      </c>
+      <c r="B307" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　コンディショナー　詰替用</t>
+        </is>
+      </c>
+      <c r="C307" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D307" s="0" t="inlineStr">
+        <is>
+          <t>4901417723963</t>
+        </is>
+      </c>
+      <c r="E307" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　コンディショナー　詰替用</t>
+        </is>
+      </c>
+      <c r="F307" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G307" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="308" spans="1:7">
+      <c r="A308" s="0" t="inlineStr">
+        <is>
+          <t>4901417723369</t>
+        </is>
+      </c>
+      <c r="B308" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　コンディショナー　詰替用２回分</t>
+        </is>
+      </c>
+      <c r="C308" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="D308" s="0" t="inlineStr">
+        <is>
+          <t>4901417724069</t>
+        </is>
+      </c>
+      <c r="E308" s="0" t="inlineStr">
+        <is>
+          <t>いち髪　ダメージリペア＆カラーケア　コンディショナー　詰替用２回分</t>
+        </is>
+      </c>
+      <c r="F308" s="0" t="inlineStr">
+        <is>
+          <t>2026年02月02日</t>
+        </is>
+      </c>
+      <c r="G308" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="309" spans="1:7">
+      <c r="A309" s="0" t="inlineStr">
+        <is>
+          <t>4901435213903</t>
+        </is>
+      </c>
+      <c r="B309" s="0" t="inlineStr">
+        <is>
+          <t>ちとせうた　６種の香り　桐</t>
+        </is>
+      </c>
+      <c r="C309" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="G309" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="310" spans="1:7">
+      <c r="A310" s="0" t="inlineStr">
+        <is>
+          <t>4971633910706</t>
+        </is>
+      </c>
+      <c r="B310" s="0" t="inlineStr">
+        <is>
+          <t>エルモア　不織布マスク　ふつうサイズ　５枚・４８</t>
+        </is>
+      </c>
+      <c r="C310" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月30日</t>
+        </is>
+      </c>
+      <c r="G310" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="311" spans="1:7">
+      <c r="A311" s="0" t="inlineStr">
+        <is>
+          <t>0030772100271</t>
+        </is>
+      </c>
+      <c r="B311" s="0" t="inlineStr">
+        <is>
+          <t>ダウニークリーンブリーズ</t>
+        </is>
+      </c>
+      <c r="C311" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月15日</t>
+        </is>
+      </c>
+      <c r="G311" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="312" spans="1:7">
+      <c r="A312" s="0" t="inlineStr">
+        <is>
+          <t>0030772100509</t>
+        </is>
+      </c>
+      <c r="B312" s="0" t="inlineStr">
+        <is>
+          <t>ダウニークリーンブリーズ</t>
+        </is>
+      </c>
+      <c r="C312" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月15日</t>
+        </is>
+      </c>
+      <c r="G312" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="313" spans="1:7">
+      <c r="A313" s="0" t="inlineStr">
+        <is>
+          <t>4901331007880</t>
+        </is>
+      </c>
+      <c r="B313" s="0" t="inlineStr">
+        <is>
+          <t>スパイラルシェービングフォーム　メントール　００７８８９　ＳＳＭ－４１５Ｎ１</t>
+        </is>
+      </c>
+      <c r="C313" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月15日</t>
+        </is>
+      </c>
+      <c r="G313" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月06日</t>
+        </is>
+      </c>
+    </row>
+    <row r="314" spans="1:7">
+      <c r="A314" s="0" t="inlineStr">
+        <is>
+          <t>4901730075183</t>
+        </is>
+      </c>
+      <c r="B314" s="0" t="inlineStr">
+        <is>
+          <t>ジョンソン　すこやかナチュラルローション</t>
+        </is>
+      </c>
+      <c r="C314" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G314" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="315" spans="1:7">
+      <c r="A315" s="0" t="inlineStr">
+        <is>
+          <t>4901730110228</t>
+        </is>
+      </c>
+      <c r="B315" s="0" t="inlineStr">
+        <is>
+          <t>ジョンソンベビーうるおい全身シャンプー　泡タイプ　詰替用</t>
+        </is>
+      </c>
+      <c r="C315" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G315" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="316" spans="1:7">
+      <c r="A316" s="0" t="inlineStr">
+        <is>
+          <t>4901730180054</t>
+        </is>
+      </c>
+      <c r="B316" s="0" t="inlineStr">
+        <is>
+          <t>ジョンソンベビーローション　無香料</t>
+        </is>
+      </c>
+      <c r="C316" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G316" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="317" spans="1:7">
+      <c r="A317" s="0" t="inlineStr">
+        <is>
+          <t>4901730180061</t>
+        </is>
+      </c>
+      <c r="B317" s="0" t="inlineStr">
+        <is>
+          <t>ジョンソンベビーローション　無香料</t>
+        </is>
+      </c>
+      <c r="C317" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G317" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="318" spans="1:7">
+      <c r="A318" s="0" t="inlineStr">
+        <is>
+          <t>4901730180078</t>
+        </is>
+      </c>
+      <c r="B318" s="0" t="inlineStr">
+        <is>
+          <t>ジョンソンベビーローション　微香性</t>
+        </is>
+      </c>
+      <c r="C318" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G318" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="319" spans="1:7">
+      <c r="A319" s="0" t="inlineStr">
+        <is>
+          <t>4901730180085</t>
+        </is>
+      </c>
+      <c r="B319" s="0" t="inlineStr">
+        <is>
+          <t>ジョンソン　すやすやタイム　ローション</t>
+        </is>
+      </c>
+      <c r="C319" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G319" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="320" spans="1:7">
+      <c r="A320" s="0" t="inlineStr">
+        <is>
+          <t>4903301347699</t>
+        </is>
+      </c>
+      <c r="B320" s="0" t="inlineStr">
+        <is>
+          <t>リード　クッキングペーパー　レギュラー</t>
+        </is>
+      </c>
+      <c r="C320" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G320" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="321" spans="1:7">
+      <c r="A321" s="0" t="inlineStr">
+        <is>
+          <t>4903301347705</t>
+        </is>
+      </c>
+      <c r="B321" s="0" t="inlineStr">
+        <is>
+          <t>リード　クッキングペーパー　スマートタイプ</t>
+        </is>
+      </c>
+      <c r="C321" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G321" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="322" spans="1:7">
+      <c r="A322" s="0" t="inlineStr">
+        <is>
+          <t>4903301347712</t>
+        </is>
+      </c>
+      <c r="B322" s="0" t="inlineStr">
+        <is>
+          <t>リード　クッキングペーパー　ダブル</t>
+        </is>
+      </c>
+      <c r="C322" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G322" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="323" spans="1:7">
+      <c r="A323" s="0" t="inlineStr">
+        <is>
+          <t>4901646126788</t>
+        </is>
+      </c>
+      <c r="B323" s="0" t="inlineStr">
+        <is>
+          <t>ＭＢＧ２－２７　ＨＸ脱毛用ブライズワックス</t>
+        </is>
+      </c>
+      <c r="C323" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月15日</t>
+        </is>
+      </c>
+      <c r="G323" s="0" t="inlineStr">
+        <is>
+          <t>2025年12月16日</t>
+        </is>
+      </c>
+    </row>
+    <row r="324" spans="1:7">
+      <c r="A324" s="0" t="inlineStr">
+        <is>
+          <t>4903301348894</t>
+        </is>
+      </c>
+      <c r="B324" s="0" t="inlineStr">
+        <is>
+          <t>業務用　プロ用リードペーパー１００　中サイズ</t>
+        </is>
+      </c>
+      <c r="C324" s="0" t="inlineStr">
+        <is>
+          <t>2026年01月31日</t>
+        </is>
+      </c>
+      <c r="G324" s="0" t="inlineStr">
+        <is>
+          <t>2025年10月09日</t>
         </is>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>